--- v0 (2026-01-31)
+++ v1 (2026-03-25)
@@ -54,2579 +54,2579 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Matheus</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_001_2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_001_2021.pdf</t>
   </si>
   <si>
     <t>"Que seja reparado a pavimentação da Rua Coronel Pedro Júlio da Costa, no Bairro Rosário, e que seja estudado um serviço para melhorar o sistema de captação das águas pluviais, bem como, reparar a rede de esgoto que passa pela supramencionada via pública, pois a mesma está vazando."</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Élida</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_002_2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_002_2021.pdf</t>
   </si>
   <si>
     <t>"Que seja efetuado reparo na ponte, perto da antiga propriedade do Senhor Cláudio Gomes, na Comunidade de Igrejinha do Acácio."</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_003_2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_003_2021.pdf</t>
   </si>
   <si>
     <t>"Indico ao Executivo Municipal que seja efetuado a reconstrução da cabeceira da ponte, perto da propriedade do Senhor José César, situada na Comunidade da Cidreira."</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_004_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_004_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Indico ao Executivo Municipal que construa uma ponte de concreto ou com tubulão ármico, perto da propriedade do Senhor Valtinho, localizada na Comunidade do Passa Cinco do Rocha.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_005_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_005_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Indico ao Executivo Municipal que seja realizada obra de construção de um novo Posto de Saúde, na Comunidade de Igrejinha do Acácio."</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_006_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_006_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Indico ao Executivo Municipal a instalação de mata-burro próximo à propriedade rural do Senhor Luís Sezano, localizado na Comunidade Passa Cinco do Rocha.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_008_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_008_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Indico ao Executivo Municipal que seja construído um muro de contenção e rampas de acesso à Rua de cima, via pública esta existente atrás da Igreja, na Comunidade de Igrejinha do Acácio</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_009_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_009_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Indico ao Executivo Municipal que seja instalada uma Academia, ao Ar Livre, no Bairro Lajinha.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_010_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_010_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Indico ao Executivo Municipal que seja realizada uma reforma geral na Quadra Poliesportiva localizada no Bairro Santa Cecília.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Veridiana</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_011_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_011_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja dada manutenção geral: capina, cascalhamento e remoção de enxurradas, na estrada rural que sai da Comunidade do Botafogo indo até a Rodovia, próximo ao Miguel da Padaria.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_012_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_012_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja dada manutenção da ponte existente próxima à propriedade do Senhor Reginaldo, na Comunidade do Botafogo.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_013_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_013_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que realizada a manutenção e reparo na estrada da Comunidade do Botafogo, próximo à propriedade do Sr. Juraci</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Francisco Guilherme, José Antônio</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_014_2021_-_francisco_e_jose_antonio_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_014_2021_-_francisco_e_jose_antonio_.pdf</t>
   </si>
   <si>
     <t>Que seja realizado convênio entre o Município de Tabuleiro e a Secretaria de Segurança Pública do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_015_2021_-_francisco_e_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_015_2021_-_francisco_e_jose_antonio.pdf</t>
   </si>
   <si>
     <t>Que seja realizado convênio entre o Município de Tabuleiro e o Instituto Nacional de Previdência Social - INSS.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Nianderson</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_016_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_016_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>Que seja estudada a possibilidade de se substituir a pavimentação existente no Morro da Ventania.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_017_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_017_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que sejam colocadas às imagens das câmeras instaladas no Município de Tabuleiro sob a supervisão da Policia Militar.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_018_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_018_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja realizada à isenção da cobrança de multas e juros do IPTU e do ISS correspondentes ao vencimento do ano de 2020.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_019_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_019_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que sejam viabilizados estudos e as obras de canalização necessárias visando solucionar o sistema de capacitação das águas pluviais do centro da cidade, pois, quando chove, causa enormes transtornos na Praça Coronel João Floriano, na Rua do Comércio e na Rua José Eurico de Toledo.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_020_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_020_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo na estrada do Passa Cinco próxima à casa do ex-vereador Sebastião do Rocha e próxima à propriedade do Senhor José do Nelson, entrando para a propriedade do Sr. José do Nelson.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_021_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_021_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Para que sejam enviadas cópias do CD da Prestação de Contas Mensal para todos os Vereadores, após o seu recebimento pela Secretaria da Câmara.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_022_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_022_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada à manutenção do equipamento de som do Plenário da Câmara, bem como, a substituição dos aparelhos de ar-condicionado e a instalação de uma cortina de ar sobre a porta do Plenário.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_023_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_023_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja estudada alteração na forma de pagamento dos Subsídios dos Vereadores mudando para depósito em conta corrente ou pelo PIX.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Luzia Andresa</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_024_2021_-_luzia_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_024_2021_-_luzia_.pdf</t>
   </si>
   <si>
     <t>Que seja  solicitada à empresa Energisa  a instalação de uma iluminação mais eficiente à  Avenida Deputado Último de Carvalho, Centro.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_025_2021_-_luzia_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_025_2021_-_luzia_.pdf</t>
   </si>
   <si>
     <t>Que seja  verificado a possibilidade da Prefeitura  efetuar reparos  no telhado da residência da Senhora Vera, popularmente conhecida  como "Verinha", sendo certo que tal moradia situa-se à Rua Coronel Oscavo Gonzaga Prata, no Bairro Lajinha.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_026_2021_-_luzia_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_026_2021_-_luzia_.pdf</t>
   </si>
   <si>
     <t>Seja construído um muro de arrimo na Rua Prefeito Hildebrando José  de Siqueira, na subida do Bairro Santa Cecília, próximo aos fundos  da residência do Senhor Sérgio Morais e Luciana.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Carlos Henrique</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_027_2021_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_027_2021_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a instalação de 02 "Academias ao Ar Livre", sendo uma no Bairro Rosário e a outra uma no Bairro Santa Cecília.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_028_2021_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_028_2021_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a substituição das manilhas de barro da rede de esgoto do Bairro Lajinha por canos de pvc de 250 mm.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_029_2021_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_029_2021_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja realizado um serviço de colocação de cascalho e escória nos pontos mais críticos de todas as estradas rurais do Município de Tabuleiro.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_030_2021_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_030_2021_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja edificado de um muro de arrimo no almoxarifado da Prefeitura (Emestur) de frente para a Rua Coronel Oscavo Gonzaga Prata.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Adenilson</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao_031_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao_031_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a limpeza e manutenção periódica da rede de captação de águas pluviais que vem da cascalheira, próximo a Lanchonete "Big Lanche do Ricardo", no Bairro São José.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_032_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_032_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>Que seja realizada uma reforma na antiga escola da Comunidade do Ribeirão de Santana, promovendo-se as devidas adequações na mesma, com a finalidade de funcionar como um ponto de atendimento de saúde e para reuniões da Comunidade.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_033_2021_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_033_2021_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a  realizada a aquisição de uma retroescavadeira e um caminhão basculante.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_035_2021_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_035_2021_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que sejam colocadas proteção nas colunas de sustentação do telhado da quadra poliesportiva do Bairro Lajinha, bem como, que seja realizada a construção de banheiros e vestiários no local, além de disponibilizar um funcionário responsável para administrar o local.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_036_2021_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_036_2021_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que sejam realizadas as seguintes benfeitorias no Campo do Operário Esporte Clube: Colocação de telas para separar o campo da quadra poliesportiva; colocação de tela de proteção atrás do gol, próximo a EMESTUR; colocação de tela sobre o muro às margens da rua Cel. Oscavo Gonzaga Prata; e iluminação em todo campo.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_037_2021_-_nianderson_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_037_2021_-_nianderson_e_luzia.pdf</t>
   </si>
   <si>
     <t>Que seja construído um muro de arrimo no terreno pertencente a corporação musical Santa Cecília.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Que seja construído canteiros no trecho da rodovia MG 133 que liga o antigo posto Peres ao Restaurante Parada Obrigatória.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/61/indicacao_039_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/61/indicacao_039_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizado o retorno da Feira Livre na Praça João Floriano.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/62/indicacao_040_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/62/indicacao_040_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja  instalada luminárias na Academia ao Ar Livre localizada na Praça Raimundo Xavier, no Bairro São José.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/63/indicacao_041_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/63/indicacao_041_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja  realizado a instalação de um “mata burro” na divisa da propriedade do Sr. Silvério  com a propriedade do Sr. Flaviano Toledo, localizado na comunidade do Acácio.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_042_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_042_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja  realizada a perfuração de um poço artesiano no jardim da Praça Coronel João Floriano.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_043_2021_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_043_2021_-_luzia.pdf</t>
   </si>
   <si>
     <t>Que seja  realizada melhorias nas condições da moradia do Sr. José Mauro Rosa da Silva, conhecido popularmente como "Morrão”. Tal moradia situa-se à Rua Prefeito Hildebrando José de Siqueira, próximo à Caixa D´ água, subida  do Bairro Santa Cecília.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/66/indicacao_044_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/66/indicacao_044_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja  feito a captação da sobra da caixa d’agua de cimento em outra caixa com uma bomba com automático enviando para as caixas de fibras na comunidade de Botafogo.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao_045_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao_045_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja feito a legalização da cascalheira ou até mesmo a compra de um pedaço de terra, para melhoria da infraestrutura e retirada do cascalho .</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/68/indicacao_046_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/68/indicacao_046_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo das tampas das caixas de esgoto existentes na comunidade de botafogo bem como a  limpeza da valeta onde cai o esgoto da boca da manilha até o córrego principal.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_047_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_047_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja feito a manutenção das instalações elétricas, sanitárias e estruturais do vestiário do campo da comunidade de igrejinha do acácio.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_048_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_048_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>Que seja  realizada manutenção geral na estrada que dá acesso a propriedade do Senhor Gesio Alvim e Maria das Dores Alvim na Comunidade da Pedra de Chifre.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_049_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_049_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja  realizada a reativação da telefonia móvel na comunidade da Igrejinha.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_050_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_050_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja  realizada a construção de rede de esgoto, rede pluvial, construção de muro de contenção, bem como a pavimentação da rua José Silviano da Silva (Juca Viana), no Bairro São José.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_051_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_051_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja  realizada a manutenção da pavimentação da Rua Oscalino Pedro de Freitas, localizada no bairro São José.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Luzia Andresa, Élida</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_052_2021_-_luzia_e_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_052_2021_-_luzia_e_elida.pdf</t>
   </si>
   <si>
     <t>Que se providencie a instalação de ar-condicionado para as salas de emergência e observação do PSF e UBS locais.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_053_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_053_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja  realizada a manutenção da pavimentação das seguintes vias públicas: Rua Oscalino Pedro de Freitas; Rua José Henrique de Rezende e Rua Prefeito Orlando Alvim Gonçalves, todas no no bairro São José.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_054_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_054_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja  instalado um playground ao lado da academia "ar livre" localizada no centro da cidade.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_055_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_055_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que sejam construídas de gavetas no cemitério da Comunidade de Igrejinha do Acácio.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_056_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_056_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a substituição das lâmpadas queimadas existentes na quadra poliesportiva localizada no centro.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_057_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_057_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a pavimentação da rua José Rodrigues de Morais, no bairro Lajinha.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_058_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_058_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>Que seja realizado, mensalmente, a coleta de entulhos domésticos na zona rural do Município.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Concretar e tampar uma valeta nos fundos da residência do Sr. Ricardo Xavier e Adriana Xavier. Tal residência situa-se à Rua Prefeito Hildebrando José de Siqueira. A valeta supracitada coincide com a rede de esgoto e, por ocasião das chuvas, há o acúmulo de água , além de  soltar uma mau cheiro.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_060_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_060_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja feito a reforma, limpeza e iluminação do cruzeiro no bairro Santa Cecília.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_062_2021_-_veridana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_062_2021_-_veridana.pdf</t>
   </si>
   <si>
     <t>Que seja feito a  pintura da faixa de pedestre no trevo que dá acesso ao bairro São José.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_062_2021_-_veridana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_062_2021_-_veridana.pdf</t>
   </si>
   <si>
     <t>Que seja feito a limpeza das manilhas que estão entupidas de barro próximo a antiga escolinha da Vendinha.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/85/indicacao_063_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/85/indicacao_063_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a  correção do calçamento das ruas Alzira de Almeida Neto e Prefeito José Marinho Saraiva, ambas no Bairro Santa Cecília.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/86/indicacao_064_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/86/indicacao_064_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a limpeza do barranco na Rua Cel. Oscavo Gonzaga Prata (Morro da Ventania) próximo a residência do Senhor Luis Maurício, no Bairro Lajinha.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_065_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_065_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a troca da manilha da rede pluvial próximo a residência do Senhor “Betinho”, localizada na Rua Manoel Campos Neto (Monjolo), no bairro São José.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_066_2021_-_matheus_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_066_2021_-_matheus_.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a correção do calçamento bem como a construção de rede pluvial na rua Manoel campos neto, próximo a residência do Sr. "Carioca da Bala", no bairro são José.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_067_2021_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_067_2021_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a distribuição de uniformes completos (camisa, calça e calçados) para todos os funcionários Municipais.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_069_2021_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_069_2021_-_luzia.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a instalação de quebra-molas na Rua Farmaceutico Antônio da Mota Marinho, no trecho localizado entre a esquina com a rua do comercio e a esquina com a Rua Pref. Hildebrando José de Siqueira.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_070_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_070_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize a instalação de braços de luminárias  em 03 (três) postes já existentes no prosseguimento da BR 133 localizado no trevo de TABULEIRO.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_071_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_071_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize a instalação de postes de iluminação pública e pavimentação asfáltica, localizado na Rua Joaquim José Gonçalves  dando  continuidade da residência  da Sra. Geralda Freitas Condenço até a praça do Bairro Alvorada.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_072_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_072_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>Que seja regulado e instituída, por lei de iniciativa do Poder Executivo Municipal, o adicional de insalubridade, aos trabalhadores que fizerem jus a esse direito.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_073_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_073_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>Que seja regulado e instituída, por lei de iniciativa do Poder Executivo Municipal, o adicional noturno, aos trabalhadores que fizerem jus a esse direito.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>José Antônio</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_074_2021_-_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_074_2021_-_jose_antonio.pdf</t>
   </si>
   <si>
     <t>Que seja realizada roçagem, da Cachoeira até a ponte do Armando, estrada da Jacutinga.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_075_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_075_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja  realizado a instalação de um “mata burro” próximo a propriedade do Senhor Roberto Dutra Gonçalves, localizada na comunidade do passa cinco.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_076_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_076_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a instalação de um corrimão de metal no escadão que dá acesso  a residência do Sr.  José Maria Francelino do Santos mais conhecido como “Juca”,  na rua Coronel Julio da Costa no bairro do Rosário.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_077_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_077_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado um microfone para o Procurador Jurídico para as sessões da Câmara.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_078_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_078_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja feita a instalação de quebra-molas na Av. Deputado Ultimo de Carvalho, mais próximo do antigo posto Peres.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_079_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_079_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>Que seja estudada a possibilidade, até mesmo junto ao CRAS, para liberação de mão de obra da prefeitura para realizar reformas na residência da Sra. Cláudia Eloisa Melo do Reis Marques, localizada na Rua Alzira Neto de Almeida no bairro Santa Cecilia.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Francisco Guilherme, Adenilson</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_080_2021_-_francisco_e_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_080_2021_-_francisco_e_adenilson.pdf</t>
   </si>
   <si>
     <t>Que seja realizado o afastamento e substituição dos dois postes ja existentes na esquina da Rua Avelino Jacinto Coimbra, próximo à casa do Sr. Robson Ribeiro  e o outro próximo à casa do Sr. Carlinho Borracheiro.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Francisco Guilherme, Carlos Henrique</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_081_2021_-_francisco_e_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_081_2021_-_francisco_e_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja  feita a retirada de um poste de energia localizado na Rua José Xavier de Morais, em frente à Rua Delcio José da Silva,  e instalado em outro local para melhorar o acesso a Rua Delcio José da Silva. Também se faz necessário instalar um outro poste na Rua Delcio Jose da Silva.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Francisco Guilherme, Matheus</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_082_2021_-_francisco_e_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_082_2021_-_francisco_e_matheus.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a colocação de um poste de iluminação na rua Manoel Campos Netto na rede elétrica já existente em frente à casa do Juca do Mateus no Monjolo</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Francisco Guilherme, Nianderson</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_083_2021_-_francisco_e_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_083_2021_-_francisco_e_nianderson.pdf</t>
   </si>
   <si>
     <t>Que seja feito deslocamento do poste existente no trevo de acesso a este município, próximo a oficina do Sr. Eduardo.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_084_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_084_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que se digne a providenciar a liberação do necrotério municipal, anexo ao cemitério municipal, para que o referido local possa ser utilizado pela empresa funerária do município bem como por outras empresas.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_085_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_085_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja instalado um bebedouro na parte externa da capela mortuária, após a instalação de grades protetoras aos arredores da capela.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_086_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_086_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja utilizada a quadra da escola Municipal João XXIII para vacinação da Covid 19.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Francisco Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_087_2021_-_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_087_2021_-_francisco.pdf</t>
   </si>
   <si>
     <t>Que seja alterada, a Lei Municipal 739/2017, que dispõe sobre a Aração de Terras, para que seja possível a realização da aração aos sábados e feriados.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_088_2021_-_francisco_e_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_088_2021_-_francisco_e_jose_antonio.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a construção de mata-burro entre as divisas das propriedades do Senhor Ademir com o Senhor Pedro Moreira, na Comunidade da Matinha.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_089_2021_-_francisco_e_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_089_2021_-_francisco_e_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a construção de mata-burro entre as divisas das propriedades do Senhor Leonardo com o Senhor "Baiano", na Comunidade da Passa Cinco.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_090_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_090_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a manutenção das lixeiras instaladas por toda cidade.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Francisco Guilherme, Veridiana</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_091_2021_-_francisco_e_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_091_2021_-_francisco_e_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja estudada a possibilidade e viabilidade de estender o perímetro urbano do município de tabuleiro até a Comunidade de Tabuleirinho.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>Francisco Guilherme, Carlos Henrique, Nianderson</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_092_2021_-_francisco_nianderson_e_carlos_henrique_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_092_2021_-_francisco_nianderson_e_carlos_henrique_.pdf</t>
   </si>
   <si>
     <t>Que o  Município formalize uma comissão por membros do Executivo, Legislativo,  Comerciantes  e Lideranças comunitárias no intuito de conseguir clientes dispostos a abertura de contas corrente ou poupança no Banco Sicredi.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Adenilson, Luzia Andresa</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_093_2021_-_adenilson_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_093_2021_-_adenilson_e_luzia.pdf</t>
   </si>
   <si>
     <t>Que seja elaborado um projeto de lei visando efetivar a troca da nomenclatura de auxiliar de enfermagem para técnico em enfermagem.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_094_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_094_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>Que seja realizado reparo na estrada da comunidade de agua limpa e também a retirada da vegetação alta na referida estrada.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_095_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_095_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>Que seja realizada  poda das arvores na Rua Sinval Borges,  próximo a borracharia do Carlinho.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_096_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_096_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>Que seja  instalado tampa no bueiros que foram recentemente construídos na Rua Avelino Jacinto Coimbra próximo ao antigo matadouro municipal no bairro São José.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_097_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_097_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>Que seja  feito reparo na pavimentação da Rua Avelino Jacinto Coimbra no bairro São José, próximo a residência da Sra. Aninha do Cartório.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_098_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_098_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um veículo na modalidade caminhonete modelo Fiat Strada para a Secretaria Municipal de Agropecuária, Abastecimento e Meio Ambiente.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_099_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_099_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que todas as pontes secas construídas pela prefeitura nas estradas vicinais sejam feitas de concreto ao invés de pranchões.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_100_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_100_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que que seja realizada reforma na Escola Municipal Afonso Lamonier localizada na Comunidade Botafogo.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_101_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_101_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que que seja realizada a pavimentação no trecho da Rua José Xavier de morais localizada no bairro lajinha, entre a residência da Sra. Maria do Carmo sentido ao Laticínio, no qual teve sua largura aumentada recentemente.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_102_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_102_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja instalado um mata-burro entre as  propriedades do Sr. Mauricio Xavier Dutra e divisa com a propriedade  dos herdeiros do Sr. Antônio Jacinto, na comunidade do passa cinco de cima.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_103_2021_-_nianderson_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_103_2021_-_nianderson_.pdf</t>
   </si>
   <si>
     <t>Que seja estudada possibilidade de se disponibilizar uma funcionária do cargo de técnica de enfermagem na unidade básica de saúde na comunidade de Botafogo.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_104_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_104_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>Que seja estudado pelo Poder Executivo, a possibilidade da elaboração de uma Lei, concedendo a Isenção do alvará aos comerciantes que possui o MEI.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_105_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_105_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal instale um braço com luminária no poste existente na Rua Nadir Domingos Toledo (Centro), ao lado da Academia Ar Livre.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_106_2021_-_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_106_2021_-_jose_antonio.pdf</t>
   </si>
   <si>
     <t>Que no terreno onde está a caixa d’agua no bairro Santa Cecilia, terreno este com mais de 1000m², seja feita a construção de casas populares.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_107_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_107_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a revitalização da Praça Alzira Morais Prata, bem como, a troca das luminárias colocando uma iluminação propícia para  o local.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_108_2021_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_108_2021_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a colocação de mata-burro entre as divisas das propriedades dos senhores José Xavier Vidigal (Dedé) e Geovani Vieira Vidigal, na comunidade do Passa Cinco.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_109_2021_-_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_109_2021_-_jose_antonio.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a substituição das manilhas existentes próximo à propriedade do senhor Romeu Vieira, na comunidade da Vendinha.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_110_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_110_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja realizado reparo na parte cimentícia da ponte localizada próxima a propriedade do Senhor Jose Cesar, na comunidade Cidreira, bem como que seja instalado um guarda corpo na referida ponte.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_111_2021_-_nianderson_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_111_2021_-_nianderson_.pdf</t>
   </si>
   <si>
     <t>Que sejam instaladas lixeiras em alguns locais que ainda não existem no município.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/133/indicacao_112_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/133/indicacao_112_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a construção de uma varanda na "parte da frente" na UBS Santa Rita de Cácia localizado na Comunidade de Botafogo.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_113_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_113_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja estudada a possibilidade de instalar um receptor de transmissão de telefonia móvel para a comunidade do Botafogo e que abranja as comunidades da pedra de chifre e caranguejo.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_114_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_114_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja instalado uma tampa de concreto ou grade na rede pluvial existente na Rua Manoel Campos Netto.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_115_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_115_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que  Prefeitura, juntamente com a empresa responsável pela coleta de lixo no município estipule um horário para a realização de tal serviço, bem como a prefeitura estudar a possibilidade de fazer uma campanha de conscientização da população para que coloquem o lixo nas calçadas nos horários adequados.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_116_2021_-_luzia_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_116_2021_-_luzia_.pdf</t>
   </si>
   <si>
     <t>Revitalização do espaço como calçamento e iluminação, localizado à Rua Oscalino Pedro de Freitas, no bairro São José.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_117_2021_-_luzia_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_117_2021_-_luzia_.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a manutenção do calçamento da Rua Prefeito Orlando Alvim Gonçalves, no bairro São José.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_118_2021_-_nianderson_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_118_2021_-_nianderson_.pdf</t>
   </si>
   <si>
     <t>Que sejam realizada a capina na rua José Xavier de Morais, no bairro Lajinha.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_119_2021_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_119_2021_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja feita a instalação de um tubulão entre as divisas das propriedades dos senhores José Xavier Vidigal (Dedé) e Geovani Vieira Vidigal, na comunidade do Passa Cinco.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_120_2021_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_120_2021_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a construção de uma quadra poliesportiva na comunidade do Botafogo com banheiros e vestiários.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_121_2021_-_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_121_2021_-_jose_antonio.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a manutenção geral nas câmeras e demais equipamentos que integram o sistema de monitoramento de segurança.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_122_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_122_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>Que toda vez que o Executivo for decretar o progresso ou regresso do município, de acordo com as ondas do programa do Minas Consciente, que isso seja feito com antecedência de alguns dias ou pelo menos se faça uma comunicação de que irá ser feito novo decreto.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_123_2021_-_luzia_andresa.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_123_2021_-_luzia_andresa.pdf</t>
   </si>
   <si>
     <t>Que seja realizada rebaixamento da pavimentação próximo ao bueiro que da acesso a rua Prefeito Sebastiao campos de faria, no bairro Santa Cecilia.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_124_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_124_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a manutenção do calçamento da Rua José Henrique de Resende, no Bairro São José.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_125_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_125_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a manutenção e melhoria da iluminação da Praça Prefeito Almiro José de Paula, no Bairro São José.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Élida, Luzia Andresa</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_126_2021_-_elida_e_luzia_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_126_2021_-_elida_e_luzia_.pdf</t>
   </si>
   <si>
     <t>Que seja estudada a possibilidade de criar um canil municipal ou de se realizar uma parceria com outro município, para recolher animais abandonados ou perdidos.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_127_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_127_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>Que seja instalado um mata burro nas divisas das propriedades do Sr. Antônio Fernandes de Carvalho com o Senhor Adílio Gonçalves, localizada na comunidade de Ribeirão Santana.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_128_2021_-_elida_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_128_2021_-_elida_.pdf</t>
   </si>
   <si>
     <t>"Que seja estudada a possibilidade da instalação de alguns quebras molas na estrada rural que dá acesso ao Condomínio Campo Belo.”</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_129_2021_-_luzia_e_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_129_2021_-_luzia_e_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja feita a colocação de cascalho nos morros próximos às propriedades do Sr. Sebastião Roberto de Lima Campos, Sr. Jorge Baninho e do Sr. Juninho, propriedades estas localizadas na comunidade do Ribeirão do Santana.”</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_130_2021_-_elida_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_130_2021_-_elida_e_luzia.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo promova a troca do mata-burro já existente, que é de madeira,  por um de ferro, próximo à propriedade  do Sr. José de Souza Gonçalves (José Novato) , localizado na comunidade do Acácio.”</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_131_2021_-_elida_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_131_2021_-_elida_e_luzia.pdf</t>
   </si>
   <si>
     <t>“Que sejam instaladas placas de identificação nas estradas rurais das comunidades do Ribeirão Santana, Acácio e Matinha.”</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_132_2021_-_luzia_e_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_132_2021_-_luzia_e_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja instalada uma placa indicativa de proibição de estacionar na Rua Alzira de Almeida Netto, localizada no Bairro Santa Cecília, em frente à casa da Senhora Alaíde da Silva Tibúrcio.”</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Luzia Andresa, Matheus</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_133_2021_-_luzia_e_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_133_2021_-_luzia_e_matheus.pdf</t>
   </si>
   <si>
     <t>“Que seja instalados 02 (dois) quebra-molas à Rua Projetada, localizada na comunidade rural do Botafogo, um em frente à academia ao ar livre e o outro em frente à casa do Sr. Baco.”</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_134_2021_-_luzia_e_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_134_2021_-_luzia_e_matheus.pdf</t>
   </si>
   <si>
     <t>“Que seja providenciado um local apropriado para depositar o lixo , na comunidade do Botafogo , visto que o mesmo fica em latões. Na oportunidade, sugerimos a possibilidade do caminhão passar com mais frequência para recolhimento do lixo.”</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_135_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_135_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja elaborado um programa de incentivo à doação de sangue pelos funcionários da Prefeitura, Câmara Municipal e da população em geral do Município Municipal de Tabuleiro-MG”</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_136_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_136_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a reforma e que seja estudada a possibilidade de ampliação da sede do  Conselho Tutelar do Município.”</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_137_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_137_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>"Que seja instalado material antiderrapante (piso, borracha, etc.) na passarela da ponte que dá acesso ao Bairro São José."</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_138_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_138_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a colocação de postes com luminárias na Rua José Francisco Benjamim, no Bairro Santa Cecília, até próximo a propriedade do Senhor Carlos Eduardo Mendes da Costa.”</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_139_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_139_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que  seja realizada a colocação de uma antena para melhoramento da captação do sinal da internet na Comunidade de Caranguejo (Pedra de Chifre)”.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_140_2021_-_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_140_2021_-_jose_antonio.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a construção de muro de arrimo na divisa da residência da Senhora Raquel Aparecida da Silva Donato e a residência onde morava o Senhor "Luiz Marré", na Rua Alzira Almeida Neto, no Bairro Santa Cecília.”</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_141_2021_-_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_141_2021_-_jose_antonio.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a reforma geral, bem como a manutenção da rede elétrica do Vestiário do Campo da Comunidade da Igrejinha.”</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_142_2021_-_elida_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_142_2021_-_elida_e_luzia.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a reforma da Sede da Corporação Musical Santa Terezinha, localizada na Comunidade de Igrejinha.”</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_143_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_143_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja estudada a possibilidade de aperfeiçoamento dos atendimentos do Programa de Saúde da Família Rural, em todas as comunidades rurais do Município.”</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_144_2021_-_jose_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_144_2021_-_jose_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja estudada a possibilidade de implantação do "Projeto Aprendiz Legal", juntamente com o poder público municipal e empresas privadas.”</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Carlos Henrique, Francisco Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_145_2021_-_carlos_e_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_145_2021_-_carlos_e_francisco.pdf</t>
   </si>
   <si>
     <t>"Que seja prolongado o tubo de esgoto que passa próximo a mina d'agua no bairro lajinha."</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_146_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_146_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja realizado o serviço de paisagismo, bem como instalação de luminárias no canteiro central da Av. Dep. Ultimo de Carvalho.”</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_147_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_147_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja feito reparo na pavimentação da Rua Monsenhor Deolindo Coelho, no Bairro Rosário.”</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Francisco Guilherme, Adenilson, Carlos Henrique, José Antônio, Luzia Andresa, Matheus, Nianderson, Veridiana, Élida</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_148_2021_-_francisco_adenilson_carlos_elida_jose_antonio_jose_nianderson_luzia_matheus_e_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_148_2021_-_francisco_adenilson_carlos_elida_jose_antonio_jose_nianderson_luzia_matheus_e_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que a sobra de recursos da Câmara, que são devolvidos no final do ano, sejam destinados para a construção de casas populares ou aquisição de terreno para implantação do distrito industrial.”</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_149_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_149_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que seja colocadas manilhas do morro do cemitério para o terreno do Dr Marcos, na Comunidade da Igrejinha”.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_150_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_150_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que  seja feito a troca das lâmpadas da iluminação pública na Comunidade da Igrejinha”.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_151_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_151_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que seja feito um passeio e a iluminação na passagem que dá acesso a caixa d'água da Igrejinha e às moradias do Senhor Marcos, Senhor Raimundo e Senhor Sebastião”.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_152_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_152_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que seja providenciado uma enfermeira para fazer a aferição e controle da pressão arterial na comunidade igrejinha”.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_153_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_153_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que seja feita a substituição do poste que está quebrado e está amarrado, próximo a comunidade da Igrejinha”.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_154_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_154_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a instalação de um quebra-molas em frente a residência do Senhor Robson Ribeiro, bem como revitalizado os quebra-molas existentes em frente a praça Prefeito Almiro José de Paula e no quebra mola existente próximo a residência do senhor Francisco Guilherme Moreira Ferraz, todos na rua Avelino Jacinto Coimbra no Bairro São José.”</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_155_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_155_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a manutenção do alambrado e limpeza no entorno do campo de futebol do Tabuleirense F.C..”</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_156_2021_-_luzia_e_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_156_2021_-_luzia_e_matheus.pdf</t>
   </si>
   <si>
     <t>“Que seja instalado 01 (um) quebra-molas à Rua Sebastião Campos Faria, próximo à sede da Corporação Musical Santa Cecília”.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_157_2021_-_elida_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_157_2021_-_elida_e_luzia.pdf</t>
   </si>
   <si>
     <t>"Que seja feita a limpeza periódica das folhas das palmeiras que se encontram à Praça Coronel João Floriano e as também situadas à Avenida Último de Carvalho”</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_158_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_158_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a pavimentação e iluminação no final da Travessa Arminda Moreira Julião, que dá acesso a Rua Prefeito Orlando Alvim Gonçalves”</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_159_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_159_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja colocada uma escoria no pátio da Corporação Musical Santa Cecília.”</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_160_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_160_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja reparada a grade de proteção ou que seja substituída por uma nova, do bueiro que dá acesso a Rua Sebastião Campos De Faria próximo a residência do Senhor Jorge Rosa.”</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_161_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_161_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja feito reparos ou até mesmo substituído, o alambrado aos arredores da quadra poliesportiva do centro.”</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_162_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_162_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja feito a reparação da rede de captação de água pluvial que corta a Rua José Rodrigues De Morais no Bairro Lajinha próximo ao lote do Senhor Lucas Toledo.”</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_163_2021_-_luzia_e_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_163_2021_-_luzia_e_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja feita a instalação de telas de proteção na lateral da Igreja Nossa Senhora do Rosário defronte ao Campo de futebol no Distrito da Igrejinha”</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Francisco Guilherme, Carlos Henrique, José Antônio, Nianderson</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_164_2021_-_francisco_nianderson_carlos_e_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_164_2021_-_francisco_nianderson_carlos_e_jose_antonio.pdf</t>
   </si>
   <si>
     <t>"Que seja construído um vestiário bem como sejam instalados refletores no campo da Comunidade de Botafogo.”</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_165_2021_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_165_2021_-_luzia.pdf</t>
   </si>
   <si>
     <t>“Que seja viabilizada a instalação de  uma placa de identificação de logradouro à Rua Joaquim José Gonçalves no Bairro São José”</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_167_2021_-_luzia_e_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_167_2021_-_luzia_e_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja feita a feita a limpeza das árvores localizadas à Praça do Distrito da Igrejinha”</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_168_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_168_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada reforma da quadra da Escola do Distrito da Igrejinha.”.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_171_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_171_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a construção de um bueiro próximo a quadra do bairro São José, em frente a residência do Sr. José Maria.”</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_172_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_172_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a instalação de um quebra-molas na chegada do Distrito de Igrejinha do Acácio, próximo a residência da Senhora Ana Claudia."</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_173_2021_-_carlos_e_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_173_2021_-_carlos_e_francisco.pdf</t>
   </si>
   <si>
     <t>"Que seja construído um posto policial em cima do terminal rodoviário."</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_174_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_174_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>"Que seja realizado um novo laudo técnico para avaliar as situações de insalubridades e periculosidade em todos os setores da administração pública municipal."</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_175_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_175_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja feito uma revisão salarial de todos os cargos do Poder Executivo Municipal."</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_176_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_176_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja feito melhorias nas calçadas e passeios públicos visando aumentar a acessibilidade dos cadeirantes."</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_177_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_177_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja feito reparo do bueiro localizado na Rua Valério Correa Netto, em frente a casa do Senhor Cledson."</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_178_2021_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_178_2021_-_matheus.pdf</t>
   </si>
   <si>
     <t>"Que seja feito desentupimento do bueiro ou até mesmo a construção de um novo, em frente à casa do Senhor Armando Alves, próximo ao trevo de acesso.”</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_179_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_179_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja disponibilizado sinal de Wifi de forma gratuita em algum local público nos bairro Santa Cecília, Lajinha e Rosário.”</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_180_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_180_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a manutenção e recuperação do playground no Distrito da Igrejinha”</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_181_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_181_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja reparada a pavimentação no trecho da estrada, na saída do Distrito de Igrejinha, sentido a Cidade de Rio Pomba, próximo a ponte de concreto.”</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_182_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_182_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada reforma na Escola Municipal Coronel Claudio Gomes no Distrito de Igrejinha do Acácio.”</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_183_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_183_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja adquirido uniforme para cada time de futebol (masculino/feminino) que estão em atividade no Município de Tabuleiro.”</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_184_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_184_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a instalação de uma nova torre de Telefonia móvel no Distrito de Igrejinha.”</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_185_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_185_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>"Que sejam realizadas melhorias no antigo necrotério, para que o mesmo possa ser melhor organizado, contendo escritório, almoxarifado e banheiro com chuveiro para os funcionários do local.”</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_186_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_186_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>"Que seja realizado o reparo da pavimentação em parte da Rua Avelino Jacinto Coimbra, em frente à residência do Senhor “Pedro Agenor”, no Bairro São José".</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_188_2021_-_carlos_henrique_e_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_188_2021_-_carlos_henrique_e_francisco.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a substituição ou a reforma do mata-burro que se encontra próximo a divisa da propriedade do Sr. José Fernandes, conhecido como “Juju”.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_189_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_189_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a reconstrução da ponte existente próxima à residência da Senhora "Dona Toninha", sentido a casa da Senhora Iracema, localizada na comunidade de Caranguejo/Pedra de Chifre”.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_190_2021_-_luzia_andresa.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_190_2021_-_luzia_andresa.pdf</t>
   </si>
   <si>
     <t>“Que seja revitalizada a escada/rampa que dá acesso a Rua Antônio Ribeiro de Oliveira, no Bairro Rosário.”</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_191_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_191_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a manutenção e melhoria da iluminação da Rua José Rodrigues de Morais, no Bairro Lajinha".</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/236/indicacao_192_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/236/indicacao_192_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a manutenção e cascalhamento da estrada no morro próximo a residência do Senhor Silvano, na Comunidade do Acácio.".</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_193_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_193_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>"Que sejam instaladas redes de proteção atrás dos gols da quadra do Bairro São José".</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>"Que seja estudada possibilidade de se publicar as proposições nas rede sociais”</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_195_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_195_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja instalada grade de proteção na calçada da Rua do Comércio, em frente ao escritório da COPASA, bem como sejam instalados corrimão nas escadas e rampas que dão acesso a calçada”</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_196_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_196_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja instalado um ar-condicionado na capela mortuária”.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>"Que seja realizada a pavimentação da Rua Prefeito Air Moreira De Paiva, paralela à Av. Avelino Jacinto Coimbra localizada no bairro São José”.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_198_2021_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_198_2021_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja reparado o telhado no espaço destinado à realizações de reuniões, localizado na Escola Municipal João XXIII”.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_199_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_199_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>"Que seja  instalado um mata burro na propriedade do Sr Flaviano Toledo divisa com a propriedade do “Novatos”.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_200_2021_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_200_2021_-_adenilson.pdf</t>
   </si>
   <si>
     <t>"Que seja  construído uma ponte de cimento na comunidade de Ribeirão Santana próximo à casa do José Luiz Fernandes e próximo ao sítio do Romanelli”.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_201_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_201_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja construído um bueiro armco na comunidade de Passa Cinco, na região conhecida como Estiva, próximo a propriedade do Sr. Luiz Cesano”</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/248/indicacao_202_2021_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/248/indicacao_202_2021_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que seja  realizada uma operação de “tapa-buracos” nas ruas de toda a cidade, inclusive nos bairros”</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>"Que seja realizada manutenção da bueira existente na propriedade que pertenceu ao Senhor Ovídio Pereira, na Comunidade da Jacutinga.”</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_204_2021_-_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_204_2021_-_jose_antonio.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada manutenção da bueira existente na Comunidade da Matinha, na divisa das propriedades dos senhores: Geraldo Ribeiro, Moacir e Sandro Paiva”</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/251/indicacao_205_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/251/indicacao_205_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que seja disponibilizada uma sala do posto de saúde da Comunidade do Botafogo, para que funcione como sala de espera para os pacientes que desejam marcar consultas.”</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_206_2021_-_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_206_2021_-_francisco.pdf</t>
   </si>
   <si>
     <t>"Que seja adquirida uma tenda para que possa ser usada durante os sepultamentos no Cemitério Municipal”.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Nianderson, Luzia Andresa, Matheus</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_207_2021_-_nianderson_matheus_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_207_2021_-_nianderson_matheus_e_luzia.pdf</t>
   </si>
   <si>
     <t>"Que seja instalada uma grade de proteção no portão da Escola Municipal João XXIII”</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Matheus, Luzia Andresa, Nianderson</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_208_2021_-_matheus_nianderson_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_208_2021_-_matheus_nianderson_e_luzia.pdf</t>
   </si>
   <si>
     <t>"Que seja realizado o corte dos galhos das arvores existente próximo à guarita localizada no trevo de acesso a cidade no sentido Juiz de fora a Rio Pomba.”</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_209_2021_-_matheus_nianderson_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_209_2021_-_matheus_nianderson_e_luzia.pdf</t>
   </si>
   <si>
     <t>"Que seja feita a interdição das ruas nas proximidades das escolas no período  de entrada e saída dos alunos.”</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_001_2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_001_2021.pdf</t>
   </si>
   <si>
     <t>"Seja informado a esta Egrégia Casa Legislativa a real situação financeira do Município de Tabuleiro, informando as suas dívidas, os saldos e os valores referentes aos precatórios judiciais existentes no momento."</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_002_2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_002_2021.pdf</t>
   </si>
   <si>
     <t>"Que seja enviado a esta Casa cópia do Projeto estrutural arquitetônico e o processo de licitação inicial de construção da ponte na região dos "Toledos".</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_003_2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_003_2021.pdf</t>
   </si>
   <si>
     <t>"Primeiramente, que seja informado quais são os critérios adotados para a realização de serviços de aração de terras para os pequenos produtores rurais._x000D_
 Além disso, requer que seja enviado a planilha dos já contemplados com esse serviço e daqueles que já o solicitaram, mas ainda estão aguardando a realização do mesmo."</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_004_2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_004_2021.pdf</t>
   </si>
   <si>
     <t>"Que seja enviado a esta casa as mudanças que foram feitas no projeto estrutural da ponte dos Toledos, bem como o valor remanescente do projeto inicial.".</t>
   </si>
   <si>
     <t>Adenilson, Matheus, Veridiana</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_005_2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_005_2021.pdf</t>
   </si>
   <si>
     <t>Que seja enviado o relatório do registro de ponto, bem como as folhas de pagamento da funcionária Maria das Mercês Silveira Terra, referente aos meses de janeiro, fevereiro e março de 2021.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_006_2021_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_006_2021_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Que seja informado a esta casa se as câmeras de segurança estão funcionando, em quais locais estão instaladas e como são feitas as requisições das gravações das câmeras.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_007_2021_-_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_007_2021_-_francisco.pdf</t>
   </si>
   <si>
     <t>"Requer informação a respeito do imóvel de nº 378 localizado na Praça Cel. João Floriano de propriedade da família do Sr. Nackle, imóvel este inventariado pelo Patrimônio Cultural Do Município De Tabuleiro. _x000D_
 Também requer a informação se o proprietário requereu a autorização do município para reforma do referido imóvel e se apresentou o projeto de reforma. Se caso apresentou o referido projeto, se o mesmo contém  os devidos   critérios no sentido de não danificar e preservar a fachada do imóvel".</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_008_2021_-_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_008_2021_-_jose_antonio.pdf</t>
   </si>
   <si>
     <t>"Requer que seja informado a esta Casa, sobre quais são os recursos que o município está recebendo destinados ao esporte, quando e como foram ou estão sendo investidos no município”.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_009_2021_-_francisco_e_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_009_2021_-_francisco_e_nianderson.pdf</t>
   </si>
   <si>
     <t>"Requer que seja informado à esta Casa qual a real situação do imóvel onde funcionava o Hospital São Vicente de Paulo, neste município”.</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Ailton Sérgio Moreira Ferraz</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/14/projeto_de_lei_n_001-2021_-_revisao_geral_dos_servidores_publicos_municipais.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/14/projeto_de_lei_n_001-2021_-_revisao_geral_dos_servidores_publicos_municipais.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Revisão Geral anual dos Servidores Públicos Municipais, e dá outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/15/projeto_de_lei_n_002-2021_-_altera_comdema.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/15/projeto_de_lei_n_002-2021_-_altera_comdema.pdf</t>
   </si>
   <si>
     <t>Altera os arts. 4º, I, “a”, “b”, II, “a”, “b”, “c” e 5º, da Lei Municipal nº: 268 / 1999, que dispõe sobre a criação do Conselho Municipal do Meio Ambiente / COMDEMA.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_n_003-2021_-_parcelamento_de_creditos_tributarios_vencidos.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_n_003-2021_-_parcelamento_de_creditos_tributarios_vencidos.pdf</t>
   </si>
   <si>
     <t>Disciplina o parcelamento de créditos tributários vencidos e não pagos, inscritos ou não inscritos em dívida ativa, ajuizados ou não ajuizados do município de Tabuleiro - MG.</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/16/projeto_de_lei_n_004-2021_-_reajuste_servidores_da_camara.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/16/projeto_de_lei_n_004-2021_-_reajuste_servidores_da_camara.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Revisão Geral anual dos Servidores da Câmara Municipal, e dá outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_n_005-2021_-_titulo_cidadao_armando_-_francisco_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_n_005-2021_-_titulo_cidadao_armando_-_francisco_.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Concessão De Título de Cidadão Honorário.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_n_006_2021_-_conselho_fundeb.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_n_006_2021_-_conselho_fundeb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação – CASC/FUNDEB, em conformidade com o art. 212-A da Constituição Federal, regulamentado na forma da Lei Federal, regulamentado na forma da Lei Federal nº 14.113, de 25 de dezembro de 2020</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_n_007-2021_-_aquisicao_de_vacinas.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_n_007-2021_-_aquisicao_de_vacinas.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios brasileiros, com finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde”</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/21/projeto_de_lei_n_008_-_2021_-_conselho_educacao.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/21/projeto_de_lei_n_008_-_2021_-_conselho_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Conselho Municipal de Educação, Integrando o Conselho do FUNDEB como Câmara e revoga a Lei Municipal nº 233/98</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_n_009_2021_-_iptu_2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_n_009_2021_-_iptu_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a forma e prazos para pagamento e parcelamento do IPTU/2021 nos termos do art. 16 do Código Tributário Municipal</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_n_010-2021_-_acrescenta_o_inciso_i_ao_art._32_da_lei_640-2014.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_n_010-2021_-_acrescenta_o_inciso_i_ao_art._32_da_lei_640-2014.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Inciso I ao Art. 32 da Lei 640/2014</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_n_011-2021_-_titulo_cidadao_honorario_dywany.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_n_011-2021_-_titulo_cidadao_honorario_dywany.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Título de Cidadão Honorário</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_n_012_-_altera_conselho_de_habitacao.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_n_012_-_altera_conselho_de_habitacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da composição do Conselho Municipal de Habitação de Tabuleiro e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_n_013_2021_-_gratificacao_a_medicos_que_atuam_pelo_covid-19.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_n_013_2021_-_gratificacao_a_medicos_que_atuam_pelo_covid-19.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de Gratificação Extraordinária e Transitória aos Médicos que atuam nas medidas de Combate a Calamidade Pública causa pelo Covid-19, e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_lei_n_014-2021_-_diretrizes_orcamentarias.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_lei_n_014-2021_-_diretrizes_orcamentarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e a execução da Lei Orçamentária do Exercício financeiro de 2022 e dá outras providências</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_de_lei_n_015_2021_-_fixa_valor_pagamento_rpv.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_de_lei_n_015_2021_-_fixa_valor_pagamento_rpv.pdf</t>
   </si>
   <si>
     <t>Fixa o valor para pagamento de obrigações de Pequenos Valor/RPV, decorrentes de decisões judiciais, nos termos do Art. 100, parágrafos 3º e 4º da Constituição Federal.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_n_016-2021_-_revoga_lei_e_devolve_terreno.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_n_016-2021_-_revoga_lei_e_devolve_terreno.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal nº 01/1985 e devolve a posse do Terreno onde funcionou a Escola Municipal João Neves Filho a seu proprietário e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_no_017_-_2021_-_publicidades_atos_executivo_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_no_017_-_2021_-_publicidades_atos_executivo_-_veridiana.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Comunicação entre os Poderes dos Projetos, Programas de Projetos, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/199/projeto_de_lei_n_018-2021_-_publicacao_de_lista_de_espera_consu..pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/199/projeto_de_lei_n_018-2021_-_publicacao_de_lista_de_espera_consu..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicação em sítio da rede mundial de computadores da lista cronológica de espera para consultas comuns e especializadas, exames, cirurgias e quaisquer outros procedimentos ou ações de saúde agendadas pelos cidadãos no Município, estabelece penalidade em caso de inobservância e dá outras providências.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/449/pl_019-2021_-_ppa.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/449/pl_019-2021_-_ppa.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual para o período de 2022/2025".</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/450/pl_020-2021_-_loa_2022.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/450/pl_020-2021_-_loa_2022.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do Município de Tabuleiro para o exercício financeiro de 2022".</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/451/projeto_de_lei_n_021-2021_-_organizacao_da_politica_de_assistencia_social.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/451/projeto_de_lei_n_021-2021_-_organizacao_da_politica_de_assistencia_social.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a organização da Política de Assistência Social no Município e dá outras providências".</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_n_022_2021_-_abertura_de_credito_aquisicao_de_imovel_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_n_022_2021_-_abertura_de_credito_aquisicao_de_imovel_.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Suplementar no valor de R$ 330.000,00 e dá outras providências".</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/453/projeto_de_lei_n_023_2021_-_abertura_de_credito_renovacao_frota_escolar.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/453/projeto_de_lei_n_023_2021_-_abertura_de_credito_renovacao_frota_escolar.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Suplementar no valor de R$ 282.713,33 e dá outras providências".</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/454/projeto_de_lei_n_024_2021_-_abertura_de_credito_suplementar_27_por_cento_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/454/projeto_de_lei_n_024_2021_-_abertura_de_credito_suplementar_27_por_cento_.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei nº 818, de 20 de novembro de 2020, que "Estima a Receita e Fixa a Despesa do Município de Tabuleiro para o exercício financeiro de 2021".</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/455/projeto_de_lei_n_025_2021_-_abertura_de_credito_reforma_ubs_igrejinha_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/455/projeto_de_lei_n_025_2021_-_abertura_de_credito_reforma_ubs_igrejinha_.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Suplementar no valor de R$ 385.734,07 e dá outras providências".</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/456/026-2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/456/026-2021.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei nº 691/2015, promove o desmembramento da Secretaria Municipal de Obras, Atividades Urbanas, Transporte e Trânsito, cria a Secretaria Municipal de Transporte e Trânsito, cria 01 cargo de Secretário Municipal, 01 cargo de Gerente e 03 cargos de motorista "D"."</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/457/027-2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/457/027-2021.pdf</t>
   </si>
   <si>
     <t>"Cria cargos de médico, enfermeiro e a gratificação das funções de Coordenador de saúde bucal e supervisão de endemias."</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/458/028-2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/458/028-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a possibilidade de remuneração por hora/aula dos professores da rede pública nas hipóteses de contratações temporárias".</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/459/projeto_de_lei_n_029_2021_-_abertura_de_c_redito_especial_aldir_blanc.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/459/projeto_de_lei_n_029_2021_-_abertura_de_c_redito_especial_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Especial no valor de R$ 48.400,00 e dá outras providências."</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/460/projeto_de_lei_n030-2021_-_majoracao_da_funcao_de_diretor_escolar.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/460/projeto_de_lei_n030-2021_-_majoracao_da_funcao_de_diretor_escolar.pdf</t>
   </si>
   <si>
     <t>"Promove a majoração da função gratificada de diretor escolar prevista nos §§ 1º e 2º, art. 27, e anexo I, da Lei Municipal nº. 640/2014."</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Moção Congratulação</t>
   </si>
   <si>
     <t>Adenilson, Carlos Henrique, Francisco Guilherme, José Antônio, Luzia Andresa, Matheus, Nianderson, Veridiana, Élida</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/146/mocao_de_congratulacao_001_2021_-_pe_rodney_-_todos_os_vereadores.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/146/mocao_de_congratulacao_001_2021_-_pe_rodney_-_todos_os_vereadores.pdf</t>
   </si>
   <si>
     <t>Que seja consignado Voto de Congratulação ao Padre Rodney Francisco Reis da Silva pelas suas atividades sacerdotais e pastorais na Paróquia de Bom Jesus da Cana Verde, muito especialmente, em razão da missa celebrada, no dia 1º de janeiro de 2021, referente à Posse dos Agentes Políticos Municipais, para a legislatura de 2021 a 2024.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/148/mocao_de_congratulacao_002_2021_-_funcionarios_educacao_-_luzia_andresa.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/148/mocao_de_congratulacao_002_2021_-_funcionarios_educacao_-_luzia_andresa.pdf</t>
   </si>
   <si>
     <t>Que seja consignado Voto de Congratulação aos funcionários do Setor da Educação do Município de Tabuleiro - MG, que engloba tanto os servidores  que atendem  à Escola Municipal João XXIII como, também, à Escola Estadual Menelick de Carvalho, em reconhecimento dos seus relevantes serviços prestados ao desenvolvimento sócioeducacional da população tabuleirense.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/149/mocao_de_congratulacao_003_2021_-_marcia_barros_-_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/149/mocao_de_congratulacao_003_2021_-_marcia_barros_-_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>Que seja consignado Voto de Congratulação à senhora Márcia de Barros de Souza pela sua imensa dedicação como esposa do ex-vereador Carmelito Moreira Ferraz, sobretudo, por conta do longo período que se dividia entre suas tarefas diárias e suas responsabilidades como mãe e esposa.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/150/mocao_de_congratulacao_004_2021_-_equipe_de_saude_-_francisco_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/150/mocao_de_congratulacao_004_2021_-_equipe_de_saude_-_francisco_.pdf</t>
   </si>
   <si>
     <t>Que seja consignados Votos de Congratulação a toda a Equipe de Saúde do Município de Tabuleiro pelos serviços prestados principalmente no combate e prevenção da COVID-19.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/195/mocao_de_congratulacao_005_2021_-_dep._braulio_braz_-_todos.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/195/mocao_de_congratulacao_005_2021_-_dep._braulio_braz_-_todos.pdf</t>
   </si>
   <si>
     <t>"Que seja consignados Votos de Congratulação ao Deputado Estadual Braulio Braz"</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/196/mocao_de_congratulacao_006_2021_-_dep._roberto_andrade_-_todos.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/196/mocao_de_congratulacao_006_2021_-_dep._roberto_andrade_-_todos.pdf</t>
   </si>
   <si>
     <t>"Que seja consignado Votos de Congratulação ao Deputado Estadual Roberto Andrade."</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/197/mocao_de_congratulacao_007_2021_-_gov._romeu_zema_-_todos.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/197/mocao_de_congratulacao_007_2021_-_gov._romeu_zema_-_todos.pdf</t>
   </si>
   <si>
     <t>"Que seja consignado Votos de Congratulação ao Governador do Estado de Minas Gerais, Romeu Zema"</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/213/mocao_de_congratulacao_008_2021_-_dep_sargento_rodrigues_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/213/mocao_de_congratulacao_008_2021_-_dep_sargento_rodrigues_-_adenilson.pdf</t>
   </si>
   <si>
     <t>"Que seja consignado Votos de Congratulação ao Deputado Estadual Sargento Rodrigues"</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/212/mocao_de_congratulacao_009_2021_-_jose_dangelo_-_jose_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/212/mocao_de_congratulacao_009_2021_-_jose_dangelo_-_jose_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja consignado Voto de Congratulação pelos 50 anos de José Dângelo Medeiros Inácio como integrante da Corporação Musical Santa Cecília de Tabuleiro, completados no dia 01 de setembro de 2021."</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/215/mocao_de_congratulacao_010_2021_-_50_anos_igreja_assembleia_de_deus_-_todos_vereadores.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/215/mocao_de_congratulacao_010_2021_-_50_anos_igreja_assembleia_de_deus_-_todos_vereadores.pdf</t>
   </si>
   <si>
     <t>"Que sejam consignados Votos de Congratulação à primeira Igreja Evangélica Assembleia de Deus pelos seus 50 anos."</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Francisco Guilherme, Luzia Andresa, Nianderson, Élida</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/256/mocao_de_congratulacao_011_2021_-_dep._roberto_andrade_-_francisco_elida_nianderson_e_luzia_2.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/256/mocao_de_congratulacao_011_2021_-_dep._roberto_andrade_-_francisco_elida_nianderson_e_luzia_2.pdf</t>
   </si>
   <si>
     <t>"Que seja consignados Votos de Congratulação ao Deputado Estadual Roberto Andrade, pelo atendimento ao pedido dos vereadores autores dessa proposição para a contemplação de recursos para a liberação de um ônibus escolar rural com a capacidade para 30 lugares."</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/257/mocao_de_congratulacao_012_2021_-_dep._roberto_andrade_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/257/mocao_de_congratulacao_012_2021_-_dep._roberto_andrade_-_elida.pdf</t>
   </si>
   <si>
     <t>"Que sejam consignados Votos de Congratulação ao Deputado Estadual Roberto Andrade, pelo atendimento ao pedido da Vereadora, autora dessa proposição, realizado através do Ofício de nº 005/2021, de uma camioneta para atendimento das funções administrativas, de rotinas e de locomoção da Secretaria Municipal de Saúde do município de Tabuleiro, especialmente na zona rural."</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/258/mocao_de_congratulacao_013_2021_-_secretaria_de_saude_-_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/258/mocao_de_congratulacao_013_2021_-_secretaria_de_saude_-_francisco.pdf</t>
   </si>
   <si>
     <t>"Que sejam consignados Votos de Congratulação à  Secretária de Saúde -  Marilia Aparecida Martins Coeli"</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Matheus, Carlos Henrique</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/259/mocao_de_congratulacao_014_2021_-_dep._charles_evangelista_-_matheus_e_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/259/mocao_de_congratulacao_014_2021_-_dep._charles_evangelista_-_matheus_e_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>"Que seja consignados Votos de Congratulação ao Deputado Charles Evangelista pelos 150 mil encaminhados para a aquisição de um trator"</t>
   </si>
   <si>
     <t>MOP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/147/mocao_de_pesar_001_2021_-_fabio_eugenio_-_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/147/mocao_de_pesar_001_2021_-_fabio_eugenio_-_francisco.pdf</t>
   </si>
   <si>
     <t>Que seja consignado Moção de Pesar à Família de Fábio Eugênio Loures de Rezende, devido ao seu recente falecimento, ocorrido na data de 03 de abril de 2021.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/216/mocao_de_pesar_002_2021_-_jose_theodoro_de_souza_-_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/216/mocao_de_pesar_002_2021_-_jose_theodoro_de_souza_-_francisco.pdf</t>
   </si>
   <si>
     <t>"Que seja consignado Moção de Pesar à Família de José Theodoro de Souza, devido ao seu recente falecimento, ocorrido na data de 15 de setembro de 2021"</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Francisco Guilherme, Adenilson, José Antônio, Luzia Andresa, Matheus, Nianderson, Veridiana, Élida</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/238/mocao_de_pesar_003_2021_-_laerte_xavier_-_francisco_adenilson_matheus_luzia_elida_jose_antonio_nianderson_e_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/238/mocao_de_pesar_003_2021_-_laerte_xavier_-_francisco_adenilson_matheus_luzia_elida_jose_antonio_nianderson_e_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que seja consignado Voto de Pesar à Família de Laerte Xavier Gonçalves, devido ao seu recente falecimento, ocorrido na data de 29 de outubro de 2021"</t>
   </si>
   <si>
     <t>MOR</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/161/mocao_de_repudio_001-2021.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/161/mocao_de_repudio_001-2021.pdf</t>
   </si>
   <si>
     <t>Para página “tabuleiro em foco”, no Instagram @tabuleiro.foco devido a ofensas baixas e repugnantes, publicados pela página direcionadas a Vereadora Veridiana Netto Souza Furtado</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>Ofício nº 151/2021</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Francisco Guilherme, José Antônio, Luzia Andresa, Élida</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_resolucao_no_001-2021_-_cria_comissao_de_etica_e_decoro_parlamentar.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_resolucao_no_001-2021_-_cria_comissao_de_etica_e_decoro_parlamentar.pdf</t>
   </si>
   <si>
     <t>Estabelece a Comissão de Ética e Decoro Parlamentar, no Regimento Interno da Câmara Municipal de Tabuleiro, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_resolucao_002-2021_-_altera_regimento_adiciona_competencia_comissao_meio_ambiente.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_resolucao_002-2021_-_altera_regimento_adiciona_competencia_comissao_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 64, caput, da Resolução Nº 042/2003 (Estabelece Regimento Interno da Câmara Municipal) e adiciona competência específica da Comissão de Meio Ambiente.</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_resolucao_003-2021_-_autoriza_transmissao_via_radio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_resolucao_003-2021_-_autoriza_transmissao_via_radio.pdf</t>
   </si>
   <si>
     <t>Autoriza a transmissão em tempo real das Sessões da Câmara Municipal via rádio e dá outras providências.</t>
   </si>
   <si>
     <t>Adenilson, CESASM - Educação, Saúde e Assistência Social, Saneamento e Meio Ambiente, Matheus, Veridiana</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_resolucao_n_004_2021_-_retorno_de_consideracoes_finais.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_resolucao_n_004_2021_-_retorno_de_consideracoes_finais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Considerações finais nas Sessões da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_decreto_legislativo_no_001-2021_-_dispoe_sobre_parecer_previo_do_tcemg_referente_as_contas_de_tabuleiro_de_2019-_comissao_fo.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_decreto_legislativo_no_001-2021_-_dispoe_sobre_parecer_previo_do_tcemg_referente_as_contas_de_tabuleiro_de_2019-_comissao_fo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apreciação do Parecer Prévio do Tribunal de Contas do Estado de Minas Gerais, referente às Contas do Poder Executivo do Município de Tabuleiro, relativas ao Exercício de 2019.</t>
   </si>
   <si>
     <t>POR</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
     <t>Altera a funcionamento das Atividades Legislativas da Câmara Municipal de Tabuleiro/MG e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2942,68 +2942,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_002_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_003_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_004_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_005_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_006_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_008_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_009_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_010_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_011_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_012_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_013_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_014_2021_-_francisco_e_jose_antonio_.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_015_2021_-_francisco_e_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_016_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_017_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_018_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_019_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_020_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_021_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_022_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_023_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_024_2021_-_luzia_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_025_2021_-_luzia_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_026_2021_-_luzia_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_027_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_028_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_029_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_030_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao_031_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_032_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_033_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_035_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_036_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_037_2021_-_nianderson_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/61/indicacao_039_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/62/indicacao_040_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/63/indicacao_041_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_042_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_043_2021_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/66/indicacao_044_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao_045_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/68/indicacao_046_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_047_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_048_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_049_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_050_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_051_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_052_2021_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_053_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_054_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_055_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_056_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_057_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_058_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_060_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_062_2021_-_veridana.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_062_2021_-_veridana.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/85/indicacao_063_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/86/indicacao_064_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_065_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_066_2021_-_matheus_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_067_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_069_2021_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_070_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_071_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_072_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_073_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_074_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_075_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_076_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_077_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_078_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_079_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_080_2021_-_francisco_e_adenilson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_081_2021_-_francisco_e_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_082_2021_-_francisco_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_083_2021_-_francisco_e_nianderson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_084_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_085_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_086_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_087_2021_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_088_2021_-_francisco_e_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_089_2021_-_francisco_e_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_090_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_091_2021_-_francisco_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_092_2021_-_francisco_nianderson_e_carlos_henrique_.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_093_2021_-_adenilson_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_094_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_095_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_096_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_097_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_098_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_099_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_100_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_101_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_102_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_103_2021_-_nianderson_.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_104_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_105_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_106_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_107_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_108_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_109_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_110_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_111_2021_-_nianderson_.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/133/indicacao_112_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_113_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_114_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_115_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_116_2021_-_luzia_.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_117_2021_-_luzia_.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_118_2021_-_nianderson_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_119_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_120_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_121_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_122_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_123_2021_-_luzia_andresa.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_124_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_125_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_126_2021_-_elida_e_luzia_.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_127_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_128_2021_-_elida_.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_129_2021_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_130_2021_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_131_2021_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_132_2021_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_133_2021_-_luzia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_134_2021_-_luzia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_135_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_136_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_137_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_138_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_139_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_140_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_141_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_142_2021_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_143_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_144_2021_-_jose_nianderson.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_145_2021_-_carlos_e_francisco.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_146_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_147_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_148_2021_-_francisco_adenilson_carlos_elida_jose_antonio_jose_nianderson_luzia_matheus_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_149_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_150_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_151_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_152_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_153_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_154_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_155_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_156_2021_-_luzia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_157_2021_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_158_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_159_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_160_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_161_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_162_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_163_2021_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_164_2021_-_francisco_nianderson_carlos_e_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_165_2021_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_167_2021_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_168_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_171_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_172_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_173_2021_-_carlos_e_francisco.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_174_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_175_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_176_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_177_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_178_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_179_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_180_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_181_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_182_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_183_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_184_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_185_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_186_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_188_2021_-_carlos_henrique_e_francisco.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_189_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_190_2021_-_luzia_andresa.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_191_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/236/indicacao_192_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_193_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_195_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_196_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_198_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_199_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_200_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_201_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/248/indicacao_202_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_204_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/251/indicacao_205_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_206_2021_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_207_2021_-_nianderson_matheus_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_208_2021_-_matheus_nianderson_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_209_2021_-_matheus_nianderson_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_001_2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_002_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_003_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_004_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_005_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_006_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_007_2021_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_008_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_009_2021_-_francisco_e_nianderson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/14/projeto_de_lei_n_001-2021_-_revisao_geral_dos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/15/projeto_de_lei_n_002-2021_-_altera_comdema.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_n_003-2021_-_parcelamento_de_creditos_tributarios_vencidos.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/16/projeto_de_lei_n_004-2021_-_reajuste_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_n_005-2021_-_titulo_cidadao_armando_-_francisco_.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_n_006_2021_-_conselho_fundeb.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_n_007-2021_-_aquisicao_de_vacinas.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/21/projeto_de_lei_n_008_-_2021_-_conselho_educacao.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_n_009_2021_-_iptu_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_n_010-2021_-_acrescenta_o_inciso_i_ao_art._32_da_lei_640-2014.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_n_011-2021_-_titulo_cidadao_honorario_dywany.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_n_012_-_altera_conselho_de_habitacao.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_n_013_2021_-_gratificacao_a_medicos_que_atuam_pelo_covid-19.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_lei_n_014-2021_-_diretrizes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_de_lei_n_015_2021_-_fixa_valor_pagamento_rpv.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_n_016-2021_-_revoga_lei_e_devolve_terreno.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_no_017_-_2021_-_publicidades_atos_executivo_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/199/projeto_de_lei_n_018-2021_-_publicacao_de_lista_de_espera_consu..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/449/pl_019-2021_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/450/pl_020-2021_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/451/projeto_de_lei_n_021-2021_-_organizacao_da_politica_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_n_022_2021_-_abertura_de_credito_aquisicao_de_imovel_.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/453/projeto_de_lei_n_023_2021_-_abertura_de_credito_renovacao_frota_escolar.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/454/projeto_de_lei_n_024_2021_-_abertura_de_credito_suplementar_27_por_cento_.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/455/projeto_de_lei_n_025_2021_-_abertura_de_credito_reforma_ubs_igrejinha_.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/456/026-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/457/027-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/458/028-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/459/projeto_de_lei_n_029_2021_-_abertura_de_c_redito_especial_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/460/projeto_de_lei_n030-2021_-_majoracao_da_funcao_de_diretor_escolar.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/146/mocao_de_congratulacao_001_2021_-_pe_rodney_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/148/mocao_de_congratulacao_002_2021_-_funcionarios_educacao_-_luzia_andresa.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/149/mocao_de_congratulacao_003_2021_-_marcia_barros_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/150/mocao_de_congratulacao_004_2021_-_equipe_de_saude_-_francisco_.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/195/mocao_de_congratulacao_005_2021_-_dep._braulio_braz_-_todos.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/196/mocao_de_congratulacao_006_2021_-_dep._roberto_andrade_-_todos.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/197/mocao_de_congratulacao_007_2021_-_gov._romeu_zema_-_todos.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/213/mocao_de_congratulacao_008_2021_-_dep_sargento_rodrigues_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/212/mocao_de_congratulacao_009_2021_-_jose_dangelo_-_jose_nianderson.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/215/mocao_de_congratulacao_010_2021_-_50_anos_igreja_assembleia_de_deus_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/256/mocao_de_congratulacao_011_2021_-_dep._roberto_andrade_-_francisco_elida_nianderson_e_luzia_2.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/257/mocao_de_congratulacao_012_2021_-_dep._roberto_andrade_-_elida.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/258/mocao_de_congratulacao_013_2021_-_secretaria_de_saude_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/259/mocao_de_congratulacao_014_2021_-_dep._charles_evangelista_-_matheus_e_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/147/mocao_de_pesar_001_2021_-_fabio_eugenio_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/216/mocao_de_pesar_002_2021_-_jose_theodoro_de_souza_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/238/mocao_de_pesar_003_2021_-_laerte_xavier_-_francisco_adenilson_matheus_luzia_elida_jose_antonio_nianderson_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/161/mocao_de_repudio_001-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_resolucao_no_001-2021_-_cria_comissao_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_resolucao_002-2021_-_altera_regimento_adiciona_competencia_comissao_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_resolucao_003-2021_-_autoriza_transmissao_via_radio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_resolucao_n_004_2021_-_retorno_de_consideracoes_finais.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_decreto_legislativo_no_001-2021_-_dispoe_sobre_parecer_previo_do_tcemg_referente_as_contas_de_tabuleiro_de_2019-_comissao_fo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/6/indicacao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/7/indicacao_002_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/8/indicacao_003_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/28/indicacao_004_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/29/indicacao_005_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/30/indicacao_006_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/31/indicacao_008_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/32/indicacao_009_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/33/indicacao_010_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/34/indicacao_011_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/35/indicacao_012_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/36/indicacao_013_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/37/indicacao_014_2021_-_francisco_e_jose_antonio_.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/38/indicacao_015_2021_-_francisco_e_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/39/indicacao_016_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/40/indicacao_017_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/41/indicacao_018_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/42/indicacao_019_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/43/indicacao_020_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/44/indicacao_021_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/45/indicacao_022_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/46/indicacao_023_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/47/indicacao_024_2021_-_luzia_.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/48/indicacao_025_2021_-_luzia_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/49/indicacao_026_2021_-_luzia_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/50/indicacao_027_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/51/indicacao_028_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/52/indicacao_029_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/53/indicacao_030_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/54/indicacao_031_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/55/indicacao_032_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/56/indicacao_033_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/57/indicacao_035_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/58/indicacao_036_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/59/indicacao_037_2021_-_nianderson_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/61/indicacao_039_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/62/indicacao_040_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/63/indicacao_041_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/64/indicacao_042_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/65/indicacao_043_2021_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/66/indicacao_044_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/67/indicacao_045_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/68/indicacao_046_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/69/indicacao_047_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/70/indicacao_048_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/71/indicacao_049_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/72/indicacao_050_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/73/indicacao_051_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/74/indicacao_052_2021_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/75/indicacao_053_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/76/indicacao_054_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/77/indicacao_055_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/78/indicacao_056_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/79/indicacao_057_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/80/indicacao_058_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/82/indicacao_060_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/83/indicacao_062_2021_-_veridana.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/84/indicacao_062_2021_-_veridana.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/85/indicacao_063_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/86/indicacao_064_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/87/indicacao_065_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/88/indicacao_066_2021_-_matheus_.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/89/indicacao_067_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/90/indicacao_069_2021_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/91/indicacao_070_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/92/indicacao_071_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/93/indicacao_072_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/94/indicacao_073_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/95/indicacao_074_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/96/indicacao_075_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/97/indicacao_076_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/98/indicacao_077_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/99/indicacao_078_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/100/indicacao_079_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/101/indicacao_080_2021_-_francisco_e_adenilson.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/102/indicacao_081_2021_-_francisco_e_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/103/indicacao_082_2021_-_francisco_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/104/indicacao_083_2021_-_francisco_e_nianderson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/105/indicacao_084_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/106/indicacao_085_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/107/indicacao_086_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/108/indicacao_087_2021_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/109/indicacao_088_2021_-_francisco_e_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/110/indicacao_089_2021_-_francisco_e_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/111/indicacao_090_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/112/indicacao_091_2021_-_francisco_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/113/indicacao_092_2021_-_francisco_nianderson_e_carlos_henrique_.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/114/indicacao_093_2021_-_adenilson_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/115/indicacao_094_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/116/indicacao_095_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/117/indicacao_096_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/118/indicacao_097_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/119/indicacao_098_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/120/indicacao_099_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_100_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_101_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_102_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_103_2021_-_nianderson_.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_104_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_105_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_106_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_107_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_108_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_109_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_110_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_111_2021_-_nianderson_.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/133/indicacao_112_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_113_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_114_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_115_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_116_2021_-_luzia_.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_117_2021_-_luzia_.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_118_2021_-_nianderson_.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_119_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_120_2021_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_121_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_122_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_123_2021_-_luzia_andresa.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_124_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_125_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_126_2021_-_elida_e_luzia_.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_127_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_128_2021_-_elida_.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_129_2021_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_130_2021_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_131_2021_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_132_2021_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_133_2021_-_luzia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_134_2021_-_luzia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_135_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_136_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_137_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_138_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_139_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_140_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_141_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_142_2021_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_143_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_144_2021_-_jose_nianderson.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_145_2021_-_carlos_e_francisco.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_146_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_147_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_148_2021_-_francisco_adenilson_carlos_elida_jose_antonio_jose_nianderson_luzia_matheus_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_149_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_150_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_151_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_152_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_153_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_154_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_155_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_156_2021_-_luzia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_157_2021_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/200/indicacao_158_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/201/indicacao_159_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/202/indicacao_160_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_161_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_162_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/205/indicacao_163_2021_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/206/indicacao_164_2021_-_francisco_nianderson_carlos_e_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/207/indicacao_165_2021_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_167_2021_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/209/indicacao_168_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_171_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/217/indicacao_172_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_173_2021_-_carlos_e_francisco.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_174_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_175_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_176_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_177_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_178_2021_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_179_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_180_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_181_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_182_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_183_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_184_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_185_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_186_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_188_2021_-_carlos_henrique_e_francisco.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_189_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_190_2021_-_luzia_andresa.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_191_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/236/indicacao_192_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_193_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_195_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_196_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_198_2021_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_199_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_200_2021_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_201_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/248/indicacao_202_2021_-_elida.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/250/indicacao_204_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/251/indicacao_205_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/252/indicacao_206_2021_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/253/indicacao_207_2021_-_nianderson_matheus_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_208_2021_-_matheus_nianderson_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_209_2021_-_matheus_nianderson_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/9/requerimento_001_2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/10/requerimento_002_2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/11/requerimento_003_2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/12/requerimento_004_2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/13/requerimento_005_2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/143/requerimento_006_2021_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/211/requerimento_007_2021_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_008_2021_-_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/246/requerimento_009_2021_-_francisco_e_nianderson.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/14/projeto_de_lei_n_001-2021_-_revisao_geral_dos_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/15/projeto_de_lei_n_002-2021_-_altera_comdema.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/17/projeto_de_lei_n_003-2021_-_parcelamento_de_creditos_tributarios_vencidos.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/16/projeto_de_lei_n_004-2021_-_reajuste_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/18/projeto_de_lei_n_005-2021_-_titulo_cidadao_armando_-_francisco_.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/19/projeto_de_lei_n_006_2021_-_conselho_fundeb.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/20/projeto_de_lei_n_007-2021_-_aquisicao_de_vacinas.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/21/projeto_de_lei_n_008_-_2021_-_conselho_educacao.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/22/projeto_de_lei_n_009_2021_-_iptu_2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/23/projeto_de_lei_n_010-2021_-_acrescenta_o_inciso_i_ao_art._32_da_lei_640-2014.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/24/projeto_de_lei_n_011-2021_-_titulo_cidadao_honorario_dywany.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/25/projeto_de_lei_n_012_-_altera_conselho_de_habitacao.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/26/projeto_de_lei_n_013_2021_-_gratificacao_a_medicos_que_atuam_pelo_covid-19.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/27/projeto_de_lei_n_014-2021_-_diretrizes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/144/projeto_de_lei_n_015_2021_-_fixa_valor_pagamento_rpv.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/145/projeto_de_lei_n_016-2021_-_revoga_lei_e_devolve_terreno.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_no_017_-_2021_-_publicidades_atos_executivo_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/199/projeto_de_lei_n_018-2021_-_publicacao_de_lista_de_espera_consu..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/449/pl_019-2021_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/450/pl_020-2021_-_loa_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/451/projeto_de_lei_n_021-2021_-_organizacao_da_politica_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/452/projeto_de_lei_n_022_2021_-_abertura_de_credito_aquisicao_de_imovel_.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/453/projeto_de_lei_n_023_2021_-_abertura_de_credito_renovacao_frota_escolar.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/454/projeto_de_lei_n_024_2021_-_abertura_de_credito_suplementar_27_por_cento_.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/455/projeto_de_lei_n_025_2021_-_abertura_de_credito_reforma_ubs_igrejinha_.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/456/026-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/457/027-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/458/028-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/459/projeto_de_lei_n_029_2021_-_abertura_de_c_redito_especial_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/460/projeto_de_lei_n030-2021_-_majoracao_da_funcao_de_diretor_escolar.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/146/mocao_de_congratulacao_001_2021_-_pe_rodney_-_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/148/mocao_de_congratulacao_002_2021_-_funcionarios_educacao_-_luzia_andresa.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/149/mocao_de_congratulacao_003_2021_-_marcia_barros_-_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/150/mocao_de_congratulacao_004_2021_-_equipe_de_saude_-_francisco_.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/195/mocao_de_congratulacao_005_2021_-_dep._braulio_braz_-_todos.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/196/mocao_de_congratulacao_006_2021_-_dep._roberto_andrade_-_todos.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/197/mocao_de_congratulacao_007_2021_-_gov._romeu_zema_-_todos.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/213/mocao_de_congratulacao_008_2021_-_dep_sargento_rodrigues_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/212/mocao_de_congratulacao_009_2021_-_jose_dangelo_-_jose_nianderson.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/215/mocao_de_congratulacao_010_2021_-_50_anos_igreja_assembleia_de_deus_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/256/mocao_de_congratulacao_011_2021_-_dep._roberto_andrade_-_francisco_elida_nianderson_e_luzia_2.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/257/mocao_de_congratulacao_012_2021_-_dep._roberto_andrade_-_elida.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/258/mocao_de_congratulacao_013_2021_-_secretaria_de_saude_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/259/mocao_de_congratulacao_014_2021_-_dep._charles_evangelista_-_matheus_e_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/147/mocao_de_pesar_001_2021_-_fabio_eugenio_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/216/mocao_de_pesar_002_2021_-_jose_theodoro_de_souza_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/238/mocao_de_pesar_003_2021_-_laerte_xavier_-_francisco_adenilson_matheus_luzia_elida_jose_antonio_nianderson_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/161/mocao_de_repudio_001-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/151/projeto_de_resolucao_no_001-2021_-_cria_comissao_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/152/projeto_de_resolucao_002-2021_-_altera_regimento_adiciona_competencia_comissao_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/153/projeto_de_resolucao_003-2021_-_autoriza_transmissao_via_radio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/154/projeto_de_resolucao_n_004_2021_-_retorno_de_consideracoes_finais.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2021/155/projeto_de_decreto_legislativo_no_001-2021_-_dispoe_sobre_parecer_previo_do_tcemg_referente_as_contas_de_tabuleiro_de_2019-_comissao_fo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H267"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="104.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="207.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="206.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>