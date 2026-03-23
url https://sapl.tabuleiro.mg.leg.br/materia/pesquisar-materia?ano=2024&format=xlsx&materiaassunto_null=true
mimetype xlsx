--- v0 (2026-01-31)
+++ v1 (2026-03-23)
@@ -54,1075 +54,1075 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Adenilson</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/616/indicacao_-_001-2024_-_adenilson_.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/616/indicacao_-_001-2024_-_adenilson_.pdf</t>
   </si>
   <si>
     <t>“Que a Prefeitura Municipal realize a instalação da placa de identificação da Rua Rubens Marques Ribeiro da Silva, aprovada pela Lei 777/2019, em anexo, e conforme croqui também em anexo”.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/617/indicacao_-_002-2024_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/617/indicacao_-_002-2024_-_adenilson.pdf</t>
   </si>
   <si>
     <t>“Que a Prefeitura Municipal realize a instalação de 2 postes com luminárias no final da Rua Cônego Modesto Paiva. ”.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Élida</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/618/indicacao_-_003-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/618/indicacao_-_003-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja feita a ampliação na Farmácia de Minas para armazenamento de medicamentos e componentes básicos de saúde, de forma correta, sob refrigeração adequada”.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_-_004-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_-_004-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que sejam realizadas a instalação de janelas corrediças nas vans da Secretaria de Saúde, placas QPE-3434  e QPE-3432”.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Luzia Andresa</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_-_005-2024_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_-_005-2024_-_luzia.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo tome as medidas necessárias para o emergencial combate à dengue no  município, junto à Secretaria Municipal de Saúde”.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Carlos Henrique, Luzia Andresa</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_-_006-2024_carlos_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_-_006-2024_carlos_e_luzia.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo realize a instalação de telas protetoras na entrada do Parque de Exposição que dá na Rua do Comércio”.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/622/indicacao_-_007-2024_-_carlos_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/622/indicacao_-_007-2024_-_carlos_e_luzia.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo realize o conserto e conservação do mata-burro localizado entre as propriedades do Sr. Cacá e do Sr. Farias, próximo ao Cantinho da Roça”.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/623/indicacao_-_008-2024_-_carlos_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/623/indicacao_-_008-2024_-_carlos_e_luzia.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo realize a limpeza e poda das árvores localizadas perto da mina d’água, no bairro Lajinha”.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/625/indicacao_009-2024_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/625/indicacao_009-2024_-_luzia.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo Municipal viabilize, junto às Secretarias de Educação e Assistência Social, um projeto pedagógico de um curso de Informática Básico, direcionado para  crianças e adolescentes, mas que também atenda ao interesse de pessoas da comunidade que desejam  aprimorar os  seus conhecimentos.”</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Luzia Andresa, Veridiana</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/626/indicacao_-_010-2024_-_luzia_e_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/626/indicacao_-_010-2024_-_luzia_e_veridiana.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo Municipal tome providências urgentes para a Avenida Dr. Último de Carvalho por conta da entrada de água de chuva nas residências dos moradores”.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_-_011-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_-_011-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja instalado um poste de iluminação pública no escadão que dá acesso à residência da Sra. Lidiane Netto, situado na rua Coronel Pedro Júlio da Costa no Bairro Rosário”.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/628/indicacao_-_012-2024_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/628/indicacao_-_012-2024_-_adenilson.pdf</t>
   </si>
   <si>
     <t>“Que seja realizado o prolongamento do cano da rede de esgoto que deságua próximo à ponte da mina do Bairro Lajinha”.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/629/indicacao_-_013-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/629/indicacao_-_013-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja realizada a construção de novas gavetas mortuárias no cemitério municipal de Tabuleiro”.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Nianderson</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_-_014-2024_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_-_014-2024_-_nianderson.pdf</t>
   </si>
   <si>
     <t>"Que seja regulamentado o trânsito de veículos em mão dupla no entorno da praça Cel João Floriano em dias de evento na praça, bem como em dias de evento a proibição de estacionamento em um dos lados”.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Veridiana</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/631/indicacao_-_015-2024_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/631/indicacao_-_015-2024_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que seja feito o reparo na estrada do Passo Cinco próximo a propriedade do Sr. Valtinho".</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_-_016-2024_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_-_016-2024_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que seja providenciado o transporte escolar dos alunos da zona rural que estudam  no IF Rio Pomba".</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Matheus</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/635/indicacao_-_017-2024_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/635/indicacao_-_017-2024_-_matheus.pdf</t>
   </si>
   <si>
     <t>“Que seja instalada uma varanda ou sombrite próximo ao parquinho existente em frente a capela mortuária”.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/636/indicacao_-_018-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/636/indicacao_-_018-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja realizada a limpeza das valetas existentes próximas a propriedade do Senhor João do Noel Dutra localizado na Comunidade de Passa Cinco do Rocha”.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/637/indicacao_-_019-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/637/indicacao_-_019-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja estudada a possibilidade junto a Secretaria de Saúde à disponibilização de uma sala adequada, principalmente com banheiro, para atendimento a pacientes que realizam ultrassonografias”.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/638/indicacao_-_020-2024_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/638/indicacao_-_020-2024_-_matheus.pdf</t>
   </si>
   <si>
     <t>“Que seja realizada a limpeza e capina da Rua Orozimbo Augusto Julião, no Bairro São José”.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Matheus, Adenilson, Carlos Henrique, Luzia Andresa, Veridiana</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/639/indicacao_-_021-2024_-_matheus_adenilson_carlos_luzia_e_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/639/indicacao_-_021-2024_-_matheus_adenilson_carlos_luzia_e_veridiana.pdf</t>
   </si>
   <si>
     <t>“Que seja disponibilizado mais um veículo para o transporte de pacientes que fazem tratamento em Muriaé”.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_-_022-2024_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_-_022-2024_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que seja feito o reparo e manutenção na estrada principal da Comunidade do Botafogo e também na estrada que dá acesso a MG-133, próximo à residência do Miguel da padaria”.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_-_023-2024_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_-_023-2024_-_veridiana.pdf</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/643/indicacao_-_024-2024_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/643/indicacao_-_024-2024_-_adenilson.pdf</t>
   </si>
   <si>
     <t>“Que seja realizado o corte de parte da moita de bambu existente na cabeça da ponte localizada próximo a propriedade do Senhor Vicente Vieira, na Comunidade do Ribeirão de Santana”.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Francisco Guilherme</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_-_025-2024_-_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_-_025-2024_-_francisco.pdf</t>
   </si>
   <si>
     <t>“Que a futura praça da mina do bairro Lajinha seja denominada com o nome de Laerte Xavier Gonçalves"</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/668/indicacao_-_026-2024_-_luzia_e_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/668/indicacao_-_026-2024_-_luzia_e_veridiana.pdf</t>
   </si>
   <si>
     <t>“A implantação de um outro aparelho de Raio-X no PSF, para fins odontológicos. Visto que o já existente está em um dos consultórios odontológicos, de maneira que enquanto um profissional usa a sala, o outro não pode utilizá-lo.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/669/indicacao_-_027-2024_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/669/indicacao_-_027-2024_-_luzia.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo realize a instalação de um poste de iluminação pública, à rua atrás da escola,  na comunidade quilombola do Botafogo, zona rural do município.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/673/indicacao_028-2024_-_instalacao_de_placa_nome_da_rua_pref._air_moreira_no_bairro_sao_jose_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/673/indicacao_028-2024_-_instalacao_de_placa_nome_da_rua_pref._air_moreira_no_bairro_sao_jose_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja  instalada placa de logradouro na Rua Prefeito Air Moreira de Paiva, localizada no Bairro São José”.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/674/indicacao_029-2024_-_instalacao_de_postes_na_rua_pref._air_moreira__-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/674/indicacao_029-2024_-_instalacao_de_postes_na_rua_pref._air_moreira__-_elida.pdf</t>
   </si>
   <si>
     <t>“Que sejam instalados postes de iluminação pública na Rua Prefeito Air Moreira de Paiva, próximo a Residência do Sr. Paulo Cesar de Oliveira Ferraz”.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/675/indicacao_030-2024_-_instalacao_de_piso_adequado_na_rampa_no_centro_de_fisioterapia_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/675/indicacao_030-2024_-_instalacao_de_piso_adequado_na_rampa_no_centro_de_fisioterapia_-_adenilson.pdf</t>
   </si>
   <si>
     <t>“Que seja realizado a instalação de piso adequado na rampa de acesso ao centro de fisioterapia”.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/678/indicacao_-_031-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/678/indicacao_-_031-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja realizada a revitalização da sinalização horizontal das vias públicas”.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Luzia Andresa, Matheus</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/679/indicacao_-_032-2024_-_luzia_e_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/679/indicacao_-_032-2024_-_luzia_e_matheus.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo providencie o desentupimento de um bueiro, próximo à  residência da Sra. Maria Aparecida Alvim Toledo e do Sr.Tatão, na comunidade de Pedra de Chifre”.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/680/indicacao_-_033-2024_-_luzia_e_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/680/indicacao_-_033-2024_-_luzia_e_matheus.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo realize um mutirão de limpeza intensiva na Comunidade do Botafogo, principalmente nos terrenos com a capina e objetos acumuladores de água como entulhos, garrafas e outros materiais”.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/681/indicacao_-_034-2024_-_luzia_e_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/681/indicacao_-_034-2024_-_luzia_e_veridiana.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo conceda o mesmo reajuste dado aos servidores municipais neste ano de 20224, aos professores da rede municipal”.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/683/indicacao_-_035-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/683/indicacao_-_035-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja realizada a substituição dos pranchões na ponte próximo a propriedade do Senhor Valtinho na Comunidade de Passa Cinco do Rocha, local este onde está sendo construída uma ponte de concreto”.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/684/indicacao_-_036-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/684/indicacao_-_036-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja realizada uma reforma na Escola Municipal Coronel Cláudio Gomes no Distrito de Igrejinha do Acácio e a substituição dos cabos elétricos da referida escola”.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/685/indicacao_-_037-2024_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/685/indicacao_-_037-2024_-_veridiana.pdf</t>
   </si>
   <si>
     <t>"Que seja estudado junto ao setor competente a possibilidade de realizar a limpeza das margens da rodovia MG-133, no trecho constante dentro do perímetro urbano”.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Élida, Luzia Andresa</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/686/indicacao_-_038-2024_-_elida_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/686/indicacao_-_038-2024_-_elida_e_luzia.pdf</t>
   </si>
   <si>
     <t>“Que seja realizada reforma da Sede da Corporação Musical Santa Terezinha, localizada_x000D_
 na Comunidade de Igrejinha”.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/687/indicacao_-_039-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/687/indicacao_-_039-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja realizada a construção de rede de esgoto, rede pluvial, bem como a pavimentação da Rua José Silviano da Silva (Juca Viana), no Bairro São José”.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/688/indicacao_-_040-2024_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/688/indicacao_-_040-2024_-_adenilson.pdf</t>
   </si>
   <si>
     <t>“Que sejam tomadas providências com relação aos funcionários do cargo de motoristas que estão deixando em funcionamento os veículos, mesmo quando parados por vários minutos”.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/697/indicacao_-_041-2024_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/697/indicacao_-_041-2024_-_luzia.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo  realize a limpeza do córrego localizado na parte de trás da Avenida Deputado Último de Carvalho, próximo ao Campo de Tabuleirense, além  da colocação de manilhas”.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Luzia Andresa, Adenilson, Carlos Henrique</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/698/indicacao_-_042-2024_-_luzia_adenilson_e_carlos_henrique.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/698/indicacao_-_042-2024_-_luzia_adenilson_e_carlos_henrique.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo realize a abertura de crédito suplementares para custear exames como ressonância e outros exames urgentes e solicitados pela população”.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/699/indicacao_-_043-2024_-_elida_e_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/699/indicacao_-_043-2024_-_elida_e_luzia.pdf</t>
   </si>
   <si>
     <t>"Que seja realizada a revitalização da Praça da Igreja situada distrito de Igrejinha do Acácio, adicionando iluminação adequada, troca da grade ao redor da igreja, pintura dos bancos e coreto, além de instalação de tela de proteção”.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Luzia Andresa, Carlos Henrique, José Antônio</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/700/indicacao_-_044-2024_-_luzia_carlos_e_jose_antonio.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/700/indicacao_-_044-2024_-_luzia_carlos_e_jose_antonio.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo  realize a poda de árvores nos bairros Santa Cecília e Rosário”.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/701/indicacao_-_045-2024_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/701/indicacao_-_045-2024_-_luzia.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo realize com urgência, junto ao Setor responsável, a dedetização de lugares públicos e lugares com incidência de animais peçonhentos, principalmente escorpiões, em áreas como residência e terrenos baldios”.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/702/indicacao_-_046-2024_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/702/indicacao_-_046-2024_-_luzia.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo juntamente com a Secretaria de Educação, viabilize um curso de capacitação de primeiros socorros nas escolas e creches”.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/703/indicacao_-_047-2024_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/703/indicacao_-_047-2024_-_luzia.pdf</t>
   </si>
   <si>
     <t>"Que o Poder Executivo, juntamente com a Secretaria de Saúde, disponibilize medicamentos que não estão na lista da Rename, mas que atendem à demanda da população."</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Luzia Andresa, Élida</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/704/indicacao_-_048-2024_-_luzia_e_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/704/indicacao_-_048-2024_-_luzia_e_elida.pdf</t>
   </si>
   <si>
     <t>"Que sejam retiradas as folhas secas das palmeiras localizadas na Avenida Deputado Último de Carvalho e, possivelmente, das que se encontram também na Praça João Floriano".</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/705/indicacao_-_049-2024_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/705/indicacao_-_049-2024_-_luzia.pdf</t>
   </si>
   <si>
     <t>"Que o Executivo Municipal, através de incentivo tributário, possa estimular as empresas locais, principalmente os comerciantes, a adotarem o Programa Jovem Aprendiz, especialmente para adolescentes de 15 a 17 anos”.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/706/indicacao_-_050-2024_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/706/indicacao_-_050-2024_-_veridiana.pdf</t>
   </si>
   <si>
     <t>“Que seja realizado o cascalhamento do morro próximo à propriedade do Sr. José Mesquita e na chegada da propriedade do Sr. Kaciano Carpazes da Silva (Cassinho)”.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/707/indicacao_-_051-2024_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/707/indicacao_-_051-2024_-_veridiana.pdf</t>
   </si>
   <si>
     <t>“Que seja realizada a contratação de uma monitora para acompanhamento da aluna Juliana Beatriz Aquino Alves no transporte e nas atividades realizadas na Apae”.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/708/indicacao_-_052-2024_-_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/708/indicacao_-_052-2024_-_francisco.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo elabore um Projeto de Lei prevendo a diminuição da carga horária de servidores que possuam parentes portadores de doenças graves como câncer e ELA (Esclerose Lateral Amiotrófica)”.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/709/indicacao_-_053-2024_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/709/indicacao_-_053-2024_-_luzia.pdf</t>
   </si>
   <si>
     <t>"Que o Executivo providencie o encanamento da água pluvial que desce do Viradouro, no bairro do Rosário, e também da água que desce próximo ao número 97, ambos situados na Rua Monsenhor Deolindo Coelho”.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/713/indicacao_-_054-2024_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/713/indicacao_-_054-2024_-_luzia.pdf</t>
   </si>
   <si>
     <t>"Que o Poder Executivo Municipal avalie, junto à Secretaria Municipal de Saúde e outros setores da prefeitura, o retorno da presença de um monitor no transporte de pacientes para outras cidades, especialmente para Juiz de Fora.”.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/714/indicacao_-_055-2024_-_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/714/indicacao_-_055-2024_-_francisco.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo realize a limpeza das caixas das redes pluviais em todo o perímetro urbano.”.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/715/indicacao_-_056-2024_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/715/indicacao_-_056-2024_-_veridiana.pdf</t>
   </si>
   <si>
     <t>“Que seja feita a adaptação no Centro de Convívio, garantindo acessibilidade para as pessoas utilizarem. Como, por exemplo, remover o degrau da entrada e colocar uma rampa, além de adaptar os banheiros para cadeirantes”.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/716/indicacao_-_057-2024_-_luzia.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/716/indicacao_-_057-2024_-_luzia.pdf</t>
   </si>
   <si>
     <t>"Que a sobra do orçamento da Câmara Municipal seja utilizada para a realização das consultas e exames de especialidades pendentes na Secretaria Municipal de Saúde”.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/717/indicacao_-_058-2024_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/717/indicacao_-_058-2024_-_adenilson.pdf</t>
   </si>
   <si>
     <t>“Que seja estudada a possibilidade de custeamento de postes e cabos para que as empresas que atendem o município com o serviço de internet possam oferecer tais serviços em toda a zona rural do município”.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/719/indicacao_-_059-2024_-_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/719/indicacao_-_059-2024_-_francisco.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo realize reparos na pavimentação da Travessa Arminda Moreira Julião, no Bairro São José”.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/624/requerimento_-_001-2024_-_francisco.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/624/requerimento_-_001-2024_-_francisco.pdf</t>
   </si>
   <si>
     <t>“Que seja realizado pela Mesa Diretora o desarquivamento do Projeto de Lei 030/2023, que ‘Cria a Controladoria Geral do Município, define as competências, disciplina a sua estrutura, cria a respectiva gratificação de Chefia e dá outras providências’, de autoria do Chefe do Poder Executivo Municipal’, para sua regular tramitação em 2024”</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/633/requerimento_002-2024_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/633/requerimento_002-2024_-_adenilson.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo Municipal apresente informações sobre quais pessoas já foram atendidas, e quais critérios estão sendo utilizados para serem liberadas a doação de materiais de construção bem como mão de obra, previsto na Lei Municipal 872/2022”.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_-_003-2024_-_matheus.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_-_003-2024_-_matheus.pdf</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/645/requerimento_-_004-2024.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/645/requerimento_-_004-2024.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo Municipal envie à esta casa legislativa a relação de taxistas cadastrados no município de Tabuleiro e oportunamente, informe como está sendo procedida a fiscalização do serviço de taxi”.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/676/requerimento_005-2024_-_laudo_tec._de_seguranca_do_trablho_de_todos_os_funcionarios_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/676/requerimento_005-2024_-_laudo_tec._de_seguranca_do_trablho_de_todos_os_funcionarios_-_adenilson.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo Municipal envie à esta casa legislativa cópias impressas do  último laudo técnico de segurança do trabalho, de todos funcionários de todos setores do Poder Executivo Municipal”.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/689/requerimento_-_006-2024_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/689/requerimento_-_006-2024_-_veridiana.pdf</t>
   </si>
   <si>
     <t>“Que seja informada a esta Casa Legislativa a real situação sobre a criação da Sala de Oftalmologia, principalmente no que se refere a compra dos equipamentos, contratação de profissionais para atuar no local e demais informações pertinentes”.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/690/requerimento_-_007-2024_-_nianderson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/690/requerimento_-_007-2024_-_nianderson.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo Municipal informe a esta Casa Legislativa qual a real situação do imóvel pertencente a família Palermo, localizado na Rua Prefeito Hildebrando José de Siqueira”.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/696/requerimento_-_008-2024_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/696/requerimento_-_008-2024_-_adenilson.pdf</t>
   </si>
   <si>
     <t>“Que o Poder Executivo Municipal envie a esta Casa todos os documentos comprobatórios referentes aos impedimentos de construção no terreno onde funcionava a usina de reciclagem do Município”.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/718/requerimento_-_009-2024_-_veridiana.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/718/requerimento_-_009-2024_-_veridiana.pdf</t>
   </si>
   <si>
     <t>“Que seja informada a esta Casa Legislativa se há diferença entre as atribuições dos cargos de fiscal de tributos e do fiscal de posturas”.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Ailton Sérgio Moreira Ferraz</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/670/projeto_de_lei_001-2024_-_revisao_geral_anual_dos_servidores.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/670/projeto_de_lei_001-2024_-_revisao_geral_anual_dos_servidores.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/671/projeto_de_lei_002-2024_-_credito_suplementar_-_aldir_blanc.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/671/projeto_de_lei_002-2024_-_credito_suplementar_-_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/672/003-2024_-_revisao_servidores_da_camara_e_detentores_de_mandatos_eletivos.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/672/003-2024_-_revisao_servidores_da_camara_e_detentores_de_mandatos_eletivos.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE REVISÃO GERAL ANUAL DOS SERVIDORES DA CÂMARA MUNICIPAL, DOS DETENTORES DE MANDATOS ELETIVOS, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>Francisco Guilherme, Adenilson, José Antônio, Nianderson</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/682/projeto_de_lei_004-2024.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/682/projeto_de_lei_004-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PONTE NA COMUNIDADE RIBEIRÃO DE SANTANA.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/692/005-2024_-_fixa_subsidio_dos_vereadores.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/692/005-2024_-_fixa_subsidio_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIOS DOS VEREADORES PARA A LEGISLATURA DE 2025 A 2028 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/693/006-2024_-_fixa_subsidio_dos_secretarios.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/693/006-2024_-_fixa_subsidio_dos_secretarios.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DOS SECRETÁRIOS MUNICIPAIS PARA A LEGISLATURA DE 2025 A 2028 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/694/007-2024_-_fixa_subsidio_do_prefeito_e_vice-prefeito.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/694/007-2024_-_fixa_subsidio_do_prefeito_e_vice-prefeito.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DO PREFEITO E DO VICE-PREFEITO PARA A LEGISLATURA DE 2025 A 2028 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/695/008-2024_-_ldo.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/695/008-2024_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e a execução da Lei Orçamentária do exercício financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/710/projeto_de_lei_009-2024_-_desafetacao_e_alienacao_de_imovel.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/710/projeto_de_lei_009-2024_-_desafetacao_e_alienacao_de_imovel.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a desafetação do imóvel que especifica e autoriza o Poder Executivo a aliená-lo na forma da Lei”</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/711/projeto_de_lei_010-2024_-_adenilson.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/711/projeto_de_lei_010-2024_-_adenilson.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a divulgação de medicamentos disponíveis na rede municipal de saúde do Município de Tabuleiro – MG e dá outras providências”</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/720/pl_011-2024_-_loa.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/720/pl_011-2024_-_loa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Tabuleiro para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/721/012-2024_-_credito_especial_conasems.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/721/012-2024_-_credito_especial_conasems.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial sobre a concessão de Contribuição ao Conasems e dá outras providências.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/722/013-2024_-_altera_orcamento_2024.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/722/013-2024_-_altera_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>“ Altera a Lei nº  928 de 06 de dezembro de 2023, que  “Estima  a Receita e fixa a Despesa do Município de Tabuleiro para o exercício financeiro de 2024”.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/723/014-2024_-_processo_escolha_de_diretores_escolares.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/723/014-2024_-_processo_escolha_de_diretores_escolares.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PROCESSO DEMOCRÁTICO DE ESCOLHA DE DIRETORES DAS ESCOLAS MUNICIPAIS DE TABULEIRO - MG, EM ATENDIMENTO À META 19 DO PLANO NACIONAL DE EDUCAÇÃO, META 19 DO PLANO MUNICIPAL DE EDUCAÇÃO DE TABULEIRO - MG E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/724/015-2024_-_criacao_do_sim.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/724/015-2024_-_criacao_do_sim.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO DE INSPEÇÃO SANITÁRIA E INDUSTRIAL DE PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE TABULEIRO/MG E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Moção Congratulação</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/634/mocao_de_congratulacao_-_001-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/634/mocao_de_congratulacao_-_001-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja consignados Votos de Congratulação ao Deputado Federal Misael Varella - PSD”</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/677/mocao_de_congratulacao_002-2024_-_dep._est._grego_da_fundacao_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/677/mocao_de_congratulacao_002-2024_-_dep._est._grego_da_fundacao_-_elida.pdf</t>
   </si>
   <si>
     <t>“Que seja consignados Votos de Congratulação ao Deputado Estadual Grego da Fundação - PMN”</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/691/mocao_de_congartulacao_003-2024.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/691/mocao_de_congartulacao_003-2024.pdf</t>
   </si>
   <si>
     <t>"Que sejam consignados Votos de Congratulação ao Deputado Federal NEWTON CARDOSO JUNIOR".</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/712/mocao_de_congratulacao_-_003-2024_-_elida.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/712/mocao_de_congratulacao_-_003-2024_-_elida.pdf</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/725/projeto_de_resolucao_001-2024.pdf</t>
+    <t>http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/725/projeto_de_resolucao_001-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 58, 94, 95, 103, 106, 114, 147 e 152 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1429,68 +1429,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/616/indicacao_-_001-2024_-_adenilson_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/617/indicacao_-_002-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/618/indicacao_-_003-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_-_004-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_-_005-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_-_006-2024_carlos_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/622/indicacao_-_007-2024_-_carlos_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/623/indicacao_-_008-2024_-_carlos_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/625/indicacao_009-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/626/indicacao_-_010-2024_-_luzia_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_-_011-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/628/indicacao_-_012-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/629/indicacao_-_013-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_-_014-2024_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/631/indicacao_-_015-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_-_016-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/635/indicacao_-_017-2024_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/636/indicacao_-_018-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/637/indicacao_-_019-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/638/indicacao_-_020-2024_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/639/indicacao_-_021-2024_-_matheus_adenilson_carlos_luzia_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_-_022-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_-_023-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/643/indicacao_-_024-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_-_025-2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/668/indicacao_-_026-2024_-_luzia_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/669/indicacao_-_027-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/673/indicacao_028-2024_-_instalacao_de_placa_nome_da_rua_pref._air_moreira_no_bairro_sao_jose_-_elida.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/674/indicacao_029-2024_-_instalacao_de_postes_na_rua_pref._air_moreira__-_elida.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/675/indicacao_030-2024_-_instalacao_de_piso_adequado_na_rampa_no_centro_de_fisioterapia_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/678/indicacao_-_031-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/679/indicacao_-_032-2024_-_luzia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/680/indicacao_-_033-2024_-_luzia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/681/indicacao_-_034-2024_-_luzia_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/683/indicacao_-_035-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/684/indicacao_-_036-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/685/indicacao_-_037-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/686/indicacao_-_038-2024_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/687/indicacao_-_039-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/688/indicacao_-_040-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/697/indicacao_-_041-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/698/indicacao_-_042-2024_-_luzia_adenilson_e_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/699/indicacao_-_043-2024_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/700/indicacao_-_044-2024_-_luzia_carlos_e_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/701/indicacao_-_045-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/702/indicacao_-_046-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/703/indicacao_-_047-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/704/indicacao_-_048-2024_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/705/indicacao_-_049-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/706/indicacao_-_050-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/707/indicacao_-_051-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/708/indicacao_-_052-2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/709/indicacao_-_053-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/713/indicacao_-_054-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/714/indicacao_-_055-2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/715/indicacao_-_056-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/716/indicacao_-_057-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/717/indicacao_-_058-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/719/indicacao_-_059-2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/624/requerimento_-_001-2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/633/requerimento_002-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_-_003-2024_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/645/requerimento_-_004-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/676/requerimento_005-2024_-_laudo_tec._de_seguranca_do_trablho_de_todos_os_funcionarios_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/689/requerimento_-_006-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/690/requerimento_-_007-2024_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/696/requerimento_-_008-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/718/requerimento_-_009-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/670/projeto_de_lei_001-2024_-_revisao_geral_anual_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/671/projeto_de_lei_002-2024_-_credito_suplementar_-_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/672/003-2024_-_revisao_servidores_da_camara_e_detentores_de_mandatos_eletivos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/682/projeto_de_lei_004-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/692/005-2024_-_fixa_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/693/006-2024_-_fixa_subsidio_dos_secretarios.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/694/007-2024_-_fixa_subsidio_do_prefeito_e_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/695/008-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/710/projeto_de_lei_009-2024_-_desafetacao_e_alienacao_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/711/projeto_de_lei_010-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/720/pl_011-2024_-_loa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/721/012-2024_-_credito_especial_conasems.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/722/013-2024_-_altera_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/723/014-2024_-_processo_escolha_de_diretores_escolares.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/724/015-2024_-_criacao_do_sim.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/634/mocao_de_congratulacao_-_001-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/677/mocao_de_congratulacao_002-2024_-_dep._est._grego_da_fundacao_-_elida.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/691/mocao_de_congartulacao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/712/mocao_de_congratulacao_-_003-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/725/projeto_de_resolucao_001-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/616/indicacao_-_001-2024_-_adenilson_.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/617/indicacao_-_002-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/618/indicacao_-_003-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/619/indicacao_-_004-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/620/indicacao_-_005-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/621/indicacao_-_006-2024_carlos_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/622/indicacao_-_007-2024_-_carlos_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/623/indicacao_-_008-2024_-_carlos_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/625/indicacao_009-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/626/indicacao_-_010-2024_-_luzia_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/627/indicacao_-_011-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/628/indicacao_-_012-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/629/indicacao_-_013-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/630/indicacao_-_014-2024_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/631/indicacao_-_015-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/632/indicacao_-_016-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/635/indicacao_-_017-2024_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/636/indicacao_-_018-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/637/indicacao_-_019-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/638/indicacao_-_020-2024_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/639/indicacao_-_021-2024_-_matheus_adenilson_carlos_luzia_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/640/indicacao_-_022-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/641/indicacao_-_023-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/643/indicacao_-_024-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/644/indicacao_-_025-2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/668/indicacao_-_026-2024_-_luzia_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/669/indicacao_-_027-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/673/indicacao_028-2024_-_instalacao_de_placa_nome_da_rua_pref._air_moreira_no_bairro_sao_jose_-_elida.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/674/indicacao_029-2024_-_instalacao_de_postes_na_rua_pref._air_moreira__-_elida.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/675/indicacao_030-2024_-_instalacao_de_piso_adequado_na_rampa_no_centro_de_fisioterapia_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/678/indicacao_-_031-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/679/indicacao_-_032-2024_-_luzia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/680/indicacao_-_033-2024_-_luzia_e_matheus.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/681/indicacao_-_034-2024_-_luzia_e_veridiana.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/683/indicacao_-_035-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/684/indicacao_-_036-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/685/indicacao_-_037-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/686/indicacao_-_038-2024_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/687/indicacao_-_039-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/688/indicacao_-_040-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/697/indicacao_-_041-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/698/indicacao_-_042-2024_-_luzia_adenilson_e_carlos_henrique.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/699/indicacao_-_043-2024_-_elida_e_luzia.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/700/indicacao_-_044-2024_-_luzia_carlos_e_jose_antonio.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/701/indicacao_-_045-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/702/indicacao_-_046-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/703/indicacao_-_047-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/704/indicacao_-_048-2024_-_luzia_e_elida.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/705/indicacao_-_049-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/706/indicacao_-_050-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/707/indicacao_-_051-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/708/indicacao_-_052-2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/709/indicacao_-_053-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/713/indicacao_-_054-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/714/indicacao_-_055-2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/715/indicacao_-_056-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/716/indicacao_-_057-2024_-_luzia.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/717/indicacao_-_058-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/719/indicacao_-_059-2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/624/requerimento_-_001-2024_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/633/requerimento_002-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/642/requerimento_-_003-2024_-_matheus.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/645/requerimento_-_004-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/676/requerimento_005-2024_-_laudo_tec._de_seguranca_do_trablho_de_todos_os_funcionarios_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/689/requerimento_-_006-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/690/requerimento_-_007-2024_-_nianderson.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/696/requerimento_-_008-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/718/requerimento_-_009-2024_-_veridiana.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/670/projeto_de_lei_001-2024_-_revisao_geral_anual_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/671/projeto_de_lei_002-2024_-_credito_suplementar_-_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/672/003-2024_-_revisao_servidores_da_camara_e_detentores_de_mandatos_eletivos.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/682/projeto_de_lei_004-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/692/005-2024_-_fixa_subsidio_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/693/006-2024_-_fixa_subsidio_dos_secretarios.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/694/007-2024_-_fixa_subsidio_do_prefeito_e_vice-prefeito.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/695/008-2024_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/710/projeto_de_lei_009-2024_-_desafetacao_e_alienacao_de_imovel.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/711/projeto_de_lei_010-2024_-_adenilson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/720/pl_011-2024_-_loa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/721/012-2024_-_credito_especial_conasems.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/722/013-2024_-_altera_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/723/014-2024_-_processo_escolha_de_diretores_escolares.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/724/015-2024_-_criacao_do_sim.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/634/mocao_de_congratulacao_-_001-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/677/mocao_de_congratulacao_002-2024_-_dep._est._grego_da_fundacao_-_elida.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/691/mocao_de_congartulacao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/712/mocao_de_congratulacao_-_003-2024_-_elida.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tabuleiro.mg.leg.br/media/sapl/public/materialegislativa/2024/725/projeto_de_resolucao_001-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="168.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="168" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>